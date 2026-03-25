--- v0 (2025-12-22)
+++ v1 (2026-03-25)
@@ -10,2311 +10,2425 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1542" uniqueCount="598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1673" uniqueCount="636">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rogério Ferreira Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no001-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no001-2025.pdf</t>
   </si>
   <si>
     <t>Altera os salários dos servidores municipais, adequando-os ao novo salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no002-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no002-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal 382/2015 que dispõe sobre a Guarda Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_no003-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_no003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 492/2022 para reajustar o valor do quilometro rodado em veículo próprio de servidor do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_no004-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_no004-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a tabela de diárias do Prefeito, Vice-Prefeito e demais servidores do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_no005-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_no005-2025.pdf</t>
   </si>
   <si>
     <t>Revoga expressamente as Leis 280/2010 e 579/2024 e dá outras providências, para dispor sobre as Comissões de Sindicância e Processo Administrativo Disciplinar com concessão de gratificação aos seus respectivos integrantes.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no006-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no006-2025.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 5º e seus parágrafos da Lei 584/2024 que trata da Verba Indenizatória de representação, institui nova redação e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no007-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no007-2025.pdf</t>
   </si>
   <si>
     <t>Cria cargos na estrutura administrativa municipal e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_no008-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_no008-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o tratamento favorecido, diferenciado e simplificado para as microempresas, empresas de pequeno porta e microempreendedores individuais nas licitações de bens, serviços e obras no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no009-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de pagamento do componente de qualidade para as Equipes de Saúde da Família, Equipes de Saúde Bucal e Equipe EMULT na Atenção Primária à Saúde, no Município de Jatobá-PE, de acordo com a Portaria GM/MS Nº 3.493, de 10 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no010-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no010-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos procedimentos e prazos para a operacionalização das Emendas Individuais Impositivas no Município de Jatobá, na forma que especifica.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no011-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no011-2025.pdf</t>
   </si>
   <si>
     <t>Promove reajuste salarial do Magistério no Município de Jatobá-PE, altera dispositivos da Lei 503/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no012-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no012-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Programa de Publicização no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no013-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no013-2025.pdf</t>
   </si>
   <si>
     <t>Dá nome à Praças do Município de Jatobá-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no014-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no014-2025.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Estádio do ADECITA em Itaparica, Jatobá-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no015-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no015-2025.pdf</t>
   </si>
   <si>
     <t>Promove reajuste salarial do Magistério no município de Jatobá-PE, altera dispositivos da Lei 503/2022, e dá outras providências;_x000D_
 .</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no016-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no016-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Nº 365/2014, que dispõe sobre a comemoração do "Dia da Bíblia" no Município de Jatobá, e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no017-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no017-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização e funcionamento do Pátio da Feira de Jatobá-PE, Mercado Público, Açougue Municipal, Baias de Animais, e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no018-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no018-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta ao Artigo 1º da Lei 498/2022 os parágrafos 2º, 3º e 4º, e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no019-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no019-2025.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Mercado Público Municipal de Jatobá-PE, e da outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no020-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no020-2025.pdf</t>
   </si>
   <si>
     <t>Altera denominação da creche municipal e dá outras providências.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Institui a Nova Estrutura Administrativa do Município de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/633/1_-_projeto_de_lei_022-2025_-_ldo_2026_-_jatoba.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/633/1_-_projeto_de_lei_022-2025_-_ldo_2026_-_jatoba.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>EUDES DE ALBUQUERQUE PEREIRA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Projeto de Lei Cancelado</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_no024-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_no024-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, funcionamento e composição do Conselho Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_no025-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_no025-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revogação da Lei Municipal n° 556/2023 que transformou o cargo de Auxiliares de Enfermagem em Técnicos de Enfermagem.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>O PREFEITO CONSTITUCIONAL DO MUNICÍPIO DE JATOBÁ, Estado de Pernambuco,_x000D_
 no uso de suas atribuições legais, conferidas pela Lei Orgânica do Município e pelo_x000D_
 art. 30, inciso I, da Constituição Federal de 1988, apresenta à Colenda Câmara de_x000D_
 Vereadores o seguinte Projeto de Lei:</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/1_-_ploa_-_jatoba_-_2026_assinada.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/1_-_ploa_-_jatoba_-_2026_assinada.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do _x000D_
 Município de Jatobá para o Exercício _x000D_
 Financeiro de 2026.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/1_-_ppa__-_jatoba_-_2026_assinada.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/1_-_ppa__-_jatoba_-_2026_assinada.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Jatobá/ _x000D_
 PE para o período de 2026 a 2029 e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
     <t>EMENTA: Institui a Semana _x000D_
 Municipal de Conscientização e _x000D_
 Prevenção ao Diabetes, no âmbito do _x000D_
 Município de Jatobá/PE, a ser _x000D_
 realizada anualmente na semana do _x000D_
 Dia Mundial do Diabetes (14 de _x000D_
 novembro), e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no030-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no030-2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Autoriza cessão de uso gratuito e temporário pelo _x000D_
 Poder Executivo de terreno pertencente ao município, para o _x000D_
 Instituto Federal de Educação, Ciência e Tecnologia do _x000D_
 Espírito Santo - IFES, e dá outras providências.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no_031-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no_031-2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Inclui dispositivo e altera a lei municipal _x000D_
 440/2019 - Lei de criação do Conselho e Fundo da _x000D_
 Pessoa com deficiência.</t>
   </si>
   <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/projeto_de_lei_no_032_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Programa Monitor em Ação.</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_no_033-2025.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o CÓDIGO TRIBUTÁRIO do Município de Jatobá, Estado de Pernambuco, e adota outras providências.</t>
+  </si>
+  <si>
     <t>645</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>EUDES DE ALBUQUERQUE PEREIRA JÚNIOR, DANILO DANTAS GOMES, JACILENE MARIA DOS SANTOS, ROMÁRIO JAILSON DOS SANTOS, TIAGO FRANCISCO DA NATIVIDADE SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_decreto_legislativo_001_de_2025_-_titulo_fabrizio_ferraz.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_decreto_legislativo_001_de_2025_-_titulo_fabrizio_ferraz.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Jatobaense ao Exmo. Senhor Fabrizio Dario de Sá Ferraz e dá outras providências.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>TIAGO FRANCISCO DA NATIVIDADE SANTOS</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Jatobaense a Ilma. Senhora Maria do Socorro da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_decreto_legislativo_003_de_2025_-_titulo_maria_do_socorro_soares.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_decreto_legislativo_003_de_2025_-_titulo_maria_do_socorro_soares.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Jatobaense a Ilma. Senhora Maria do Socorro Soares de Carvalho Menezes e dá outras providências.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>DANILO DANTAS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_decreto_legislativo_004_de_2025_-_titulo_antonio_gomes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_decreto_legislativo_004_de_2025_-_titulo_antonio_gomes.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Jatobaense a Ilmo. Senhor Antônio Gomes Sobrinho e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_decreto_legislativo_005_de_2025_-_titulo_nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_decreto_legislativo_005_de_2025_-_titulo_nilson.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Jatobaense a Ilma. Srª. Quitéria Rita de Carvalho e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/74/1_-_projeto_de_resolucao_001-2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/74/1_-_projeto_de_resolucao_001-2025.docx</t>
   </si>
   <si>
     <t>Altera o § 1º do Art. 181 do Regimento Interno, e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_de_informacao_no01-2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_de_informacao_no01-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal esclarecimentos formais e o envio de Documentação acerca da restrição de acesso aos serviços da casa de apoio em Recife-PE, destinada aos pacientes do Tratamento Fora do Município (TFD).</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JACILENE MARIA DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_001_de_2025_-_jacilene.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_001_de_2025_-_jacilene.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a Reforma e cobertura da Quadra Poliesportiva próxima a Igrejinha Santa Luzia, localizada na Aldeia Saco dos Barros com objetivo de adequá-la para a prática de atividades esportivas e recreativas. Uma vez que, hoje encontra-se com sérios problemas em sua estrutura.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_002_de_2025_-_jacilene.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_002_de_2025_-_jacilene.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a Reforma e Modernização do Posto de Saúde da Comunidade Caldeirão, para proporcionar atendimento digno e eficiente à população.</t>
   </si>
   <si>
     <t>ROMÁRIO JAILSON DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_003_de_2025_-_romario_-_manutencao_das_estradas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_003_de_2025_-_romario_-_manutencao_das_estradas.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado maquinário para manutenção das estradas vacinas, para facilitar o deslocamento do nosso povo.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_004_de_2025_-_romario_-_unidade_basica_de_saude_carrapateira.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_004_de_2025_-_romario_-_unidade_basica_de_saude_carrapateira.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado á reativação da Unidade Básica de Sáude da Aldeia Carrapateira, Jatobá-PE, que se encontra em situação de abandono.</t>
   </si>
   <si>
     <t>JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_005_de_2025_-_jailton_-_ciclovia.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_005_de_2025_-_jailton_-_ciclovia.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que veja as possibilidades da revitalização da pista de ciclismo/ciclo faixa que compreende a entrada da Cidade e o Bairro de Itaparica, no que diz respeito a sinalização do solo, buracos demais necessidades da mesma.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_006_de_2025_-_jailton_-reajuste_das_diarias.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_006_de_2025_-_jailton_-reajuste_das_diarias.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que veja as possibilidades de um reajuste sobre os valores pagos nas diárias dos técnicos de enfermagem, enfermeiros e médicos prestadores de serviços da área de saúde deste município.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_007_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_007_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em comprimento as formalidades regimentais, que providencie a colocação de uma nova manta asfáltica na rua da chegada, ao redor da igreja São Vicente Ferrer e na Avenida Vicente Araújo de Menezes, ambas na Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_008_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_008_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em comprimento as formalidades regimentais, no sentido que seja providenciado a reconstrução da praça de fronte a Escola Municipal Maria Quitéria na Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_009_de_2025_-_danilo_-_reforma_do_posto_medico_da_aldeia_bem_querer_de_cima.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_009_de_2025_-_danilo_-_reforma_do_posto_medico_da_aldeia_bem_querer_de_cima.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja realizada uma reforma no Posto Médico da Aldeia Bem Querer de Cima,  Município de Jatobá – PE.</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_010_de_2025_-_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_010_de_2025_-_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja realizada a construções de 02 (duas) passagens molhada Na Aldeia Bem Querer de Baixo, a passagem molhada que dar acesso ao posto médico e a passagem molhada que dar acesso a escola. Reforma de uma passagem molhada na Aldeia Bem Querer de Cima,  passagem que dar acesso ao outro lado, Município de Jatobá – PE.</t>
   </si>
   <si>
-    <t>32</t>
-[...2 lines deleted...]
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_011_de_2025_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_011_de_2025_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja providenciada a revitalização das ruas Tacaratu e Rio Formoso, no Município de Jatobá-PE.</t>
   </si>
   <si>
-    <t>33</t>
-[...2 lines deleted...]
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_012_de_2025_-_nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_012_de_2025_-_nilson.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades  regimentais, que seja realizada a limpeza regular das ruas e caçambas, em Jatobá- PE.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_013_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_013_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que  seja providenciado recursos para implantação e instalação de um sistema de esgoto tratado na Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_014_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_014_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a instalação de luminárias no espaço interno do Cemitério da Volta do Moxotó – Jatobá – PE, como também a construção de um reservatório de água d’água superficial.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_015_de_2025_-_romario-_ambulancia_sacos_dos_barros..docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_015_de_2025_-_romario-_ambulancia_sacos_dos_barros..docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada uma ambulância para Aldeia Sacos dos Barros, Jatobá, PE.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_016_de_2025_-_romario-_cemiterio_aldeia_carrapateira.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_016_de_2025_-_romario-_cemiterio_aldeia_carrapateira.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a construção de um cemitério na Aldeia carrapateira, Jatobá – PE.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_017_de_2025_-_jacilene.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_017_de_2025_-_jacilene.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que sejam providenciadas passagens molhadas para a Aldeia Saco dos Barros e localidades circunvizinhas.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_no018-2025_-_jailton.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_no018-2025_-_jailton.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades de uma reforma/requalificação da praça matriz, em especial com atenção aos espaços de práticas de esportes e laser aonde vale destacas o minicampo de areia, como também, a instalação de novos equipamentos de ginastica.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_019_de_2025_-_romario_-_saneamento_basico_jatoba_ii.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_019_de_2025_-_romario_-_saneamento_basico_jatoba_ii.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado o saneamento básico do bairro Jatobá II, Jatobá – PE.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_020_de_2025_-_romario_-_corbetura_da_quadra_poliesportiva.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_020_de_2025_-_romario_-_corbetura_da_quadra_poliesportiva.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a cobertura da quadra poliesportiva (próxima ao campo) na Aldeia Sacos Dos Barros, Jatobá – PE.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_021_de__2025_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_021_de__2025_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, que disponibilize o transporte  para os estudantes do município de Jatobá, com destino aos locais de realização da prova da Universidade de Pernambuco (UPE), que ocorrerá no 4º trimestre de cada ano.".</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_022_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_022_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido plenário, atendendo as formalidades regimentais, que seja providenciado uma praça de eventos com academia da saúde, no Centro do Povoado Canafistula – Jatobá- PE.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_023_de_2025_-_tiago.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_023_de_2025_-_tiago.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido plenário, atendendo as formalidades regimentais, que seja providenciado uma reforma geral incluindo a instalação de câmeras e de um sistema de iluminação externa da Estação Cultural Moxotó- Jatobá- PE.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_024_de_2025_-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_024_de_2025_-_jailton.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades da aquisição de um novo equipamento de RX para suprir com as necessidades do Hospital Municipal de Jatobá.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_025_de_2025_-_romario_-_praca_e_academia_da_cidade_sacos_dos_barros_-_copia.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_025_de_2025_-_romario_-_praca_e_academia_da_cidade_sacos_dos_barros_-_copia.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a construção de uma praça pública com academia ao ar livre, na Aldeia Sacos Dos Barros, Jatobá – PE.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_026_de_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_026_de_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que que sejam adotadas as providências necessárias para a realização do calçamento das ruas Catende, Itacuruba e Escada. No bairro Jatobá II, Jatobá-PE.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_027_de_2025_-_toinho_de_valu.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_027_de_2025_-_toinho_de_valu.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja providenciada a revitalização das calçadas da Avenida Olinda, no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_028_de_2025_-_toinho_de_valu.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_028_de_2025_-_toinho_de_valu.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e cumpridas as formalidades regimentais, a solicitação de calçadas e iluminação pública na Avenida Caruaru.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_029_de_2025_-_jailton_-reajuste_das_diarias.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_029_de_2025_-_jailton_-reajuste_das_diarias.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que veja as possibilidades da realização de uma limpeza e ampliação do espaço em frente ao cemitério da comunidade de Umburanas, zona rural ribeirinha – Jatobá PE.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_030_de_2025_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo_-_copia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_030_de_2025_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo_-_copia.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja realizada a instalação da parada de ônibus na entrada que dá acesso á associação Aroeira no Bem Querer de Cima.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_031_de_2025_-_romario_-_praca_e_academia_da_cidade_carrapateira.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_031_de_2025_-_romario_-_praca_e_academia_da_cidade_carrapateira.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a construção de uma praça pública com academia ao ar livre, na Aldeia Carrapateira, Jatobá – PE.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_032_de_2025_-_romario_-_revitalizacao_da_quadra_tapera.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_032_de_2025_-_romario_-_revitalizacao_da_quadra_tapera.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada Revitalização da Quadra poliesportiva da Aldeia Tapera, Jatobá – PE.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_033_de_2025_-_nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_033_de_2025_-_nilson.doc</t>
   </si>
   <si>
     <t>Eu, Nilson Oliveira Costa, no uso de minhas atribuições legais e regimentais, venho apresentar a seguinte indicação, dirigida ao Exmo. Prefeito ouvido o plenário e atendidas às formalidades, que sejam instaladas câmeras de segurança em pontos estratégicos do munícipio, visando garantir a segurança pública e prevenir a criminalidade.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_034_de_2025_-_jacilene.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_034_de_2025_-_jacilene.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a implementação de programas de capacitação e treinamento para mães, jovens e adultos na zona rural.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_035_de_2025-_romario_-_construcao_de_uma_creche.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_035_de_2025-_romario_-_construcao_de_uma_creche.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que que sejam adotadas as providências necessárias para a realização da construção de uma Creche em Jatobá-PE.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_036_e_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_036_e_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que que sejam adotadas as providências necessárias para a realização do calçamento das ruas Serrita e aliança. No Bairro Jatobá II, Jatobá-PE.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_037_de_2025_-_jailton_-_ciclofaixa.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_037_de_2025_-_jailton_-_ciclofaixa.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades da contratação de um (a) profissional Assistente Social, bem como, implantar os serviços de assistência social no Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_no038-2025_-_eder.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_no038-2025_-_eder.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendias as formalidades regimentais, que através do setor competente, disponibilize o fornecimento do sensor de monitorização da glicose em tempo real às crianças e adolescentes diagnosticadas com diabetes mellitus do tipo 1 (DM 1) e que fazem parte de famílias cadastradas no CadÚnico administrado pelo município de Jatobá, bem como promover a atenção integral às crianças e aos adolescentes com DM1, com ênfase na promoção do acesso a tecnologias de diagnóstico e de tratamento da doença, além da implementação de campanhas de conscientização, objetivando a integração entre serviços de saúde e estabelecimentos de ensino e na capacitação dos profissionais da educação sobre o tema.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_039_de_2025_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_039_de_2025_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e cumpridas as formalidades regimentais, a aquisição ou aluguel de um GPS geodésico RTK ou de múltiplas frequências (L1/L2/L5) para uso em levantamentos topográficos, geodésicos e georreferenciamento no Município.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_040_de_2025_-_tiago_-_passagens_molhadas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_040_de_2025_-_tiago_-_passagens_molhadas.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que sejam providenciadas as construções das passagens molhadas do Riachão e do riacho de Davi, na Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_041_de_2025_-_tiago_-_cobertura_da_feira_livre_do_moxoto.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_041_de_2025_-_tiago_-_cobertura_da_feira_livre_do_moxoto.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a cobertura do Pátio da feira livre da Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_042_de_2025_-_jailton_-_tea.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_042_de_2025_-_jailton_-_tea.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades, de criar um Programa voltado para Orientação e Capacitação de mães e pais de pessoas com transtornos do espectro autista - TEA, no âmbito do município de Jatobá PE.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_043_de_2025_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_043_de_2025_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que sejam providenciadas Instalações de pontos de acesso à internet Wi-Fi gratuita nas novas praças públicas dos povoados de Jatobá – PE.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a implementação de um Programa de Atendimento Itinerante para Crianças Atípicas.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_045_de_2025_-_eudes_-_area_de_sombreamento_nas_escolas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_045_de_2025_-_eudes_-_area_de_sombreamento_nas_escolas.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado uma área de sombreamento unindo a saída das salas de aulas, até a guarita de entrada das Escolas Municipais.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_046_de_2025_-_eudes_-_coberta_em_tela_para_quadra.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_046_de_2025_-_eudes_-_coberta_em_tela_para_quadra.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a reforma e cobertura em tela, da quadra localizada na Comunidade Santa Rita, zona rural de Jatobá, PE.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_047_de_2025-_tiago_-_ampliacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_047_de_2025-_tiago_-_ampliacao.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a ampliação do calçadão e recuperação do trecho já existente da avenida Boa Vista na Volta do Moxotó- Jatobá- PE.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_048_de_2025-_tiago_-_ponto_de_apoio.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_048_de_2025-_tiago_-_ponto_de_apoio.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a instalação de um ponto de apoio para passageiros no Bairro Itaparica – Jatobá -PE</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_049_de_2025_-_nilson_-_casa_de_farinha.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_049_de_2025_-_nilson_-_casa_de_farinha.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a restauração da Casa de Farinha, em (memória)  do sr. Pedro Cosme de Andrade, Localizada no Sitio Martelo, Zona Rural de Jatobá-PE._x000D_
 Um ponto bem conhecido por todos, onde boa parte dos produtores de mandioca fazia suas farinhadas nessa casa de farinha. Onde ficou conhecida nacionalmente por todas as cidades, sítios de Jatobá, Petrolândia, entre outros no Estado de Pernambuco, sendo conhecida também pelos Estados da Bahia e Alagoas.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_050_de_2025_-_eder_-_realizacao_de_concurso_publico_pessoal.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_050_de_2025_-_eder_-_realizacao_de_concurso_publico_pessoal.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que realize, com a maior brevidade possível, concurso público para o preenchimento das vagas existentes no quadro de pessoal da Prefeitura Municipal de Jatobá.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_051_de_2025_-_eder_-_realizacao_de_concurso_publico_para_guarda_municipal.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_051_de_2025_-_eder_-_realizacao_de_concurso_publico_para_guarda_municipal.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que realize concurso público específico para a Guarda Municipal de Jatobá, considerando as alterações introduzidas pela Lei nº 588/2025, que modificou o artigo 6º e seus parágrafos, da Lei nº 382/2015.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025-antonio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025-antonio.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que sejam providenciadas instalações de pontos de acesso à internet gratuita nas praças da sede, Bairro de Itaparica, Distrito de Volta do Moxotó e comunidades citadas na justificativa.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_053_de_2025-_castracao_de_animais.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_053_de_2025-_castracao_de_animais.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a implantação de projeto de castração de animais de rua, no município de Jatobá- PE.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a construção de uma quadra poliesportiva na Volta do Moxotó– Jatobá- PE.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/639/indicacao_055_de_2025-_cartorio.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/639/indicacao_055_de_2025-_cartorio.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja  providenciado em caráter de necessidade a instalação de um cartório civil e de notas em nossa cidade Jatobá- PE.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a construção de calçamentos dos acessos a ponte e cemitério da Volta do Moxotó – Jatobá - PE.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_057_de_2025_-_eudes_-_casa_azul.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_057_de_2025_-_eudes_-_casa_azul.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a implantação da CASA AZUL – CENTRO ESPECIALIZADO EM AUTISMOS em  Jatobá - PE.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/642/indicacao_058_de_2025_-_eudes_-_parada_de_onibus_escolar.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/642/indicacao_058_de_2025_-_eudes_-_parada_de_onibus_escolar.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a instalação de pontos de Ônibus Escolares na Zona Rural de Jatobá – PE.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a implementação estratégica de lixeiras ou contêineres adequados para descarte de resíduos na zona rural, associada a uma coleta regular com frequência de duas vezes por semana.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_060_de_2025_-_jacilene_-__incentivos_e_subsidios_de_horas_de_maquina.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_060_de_2025_-_jacilene_-__incentivos_e_subsidios_de_horas_de_maquina.docx</t>
   </si>
   <si>
     <t>Indicação No 060/2025_x000D_
 _x000D_
 _x000D_
                        Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a criação de programas municipais de desenvolvimento rural que ofereçam incentivos e subsídios de horas de máquina para os produtores rurais do município.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_061_de_2025_-_toinho_de_valu.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_061_de_2025_-_toinho_de_valu.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, a necessidade de reforma e revitalização do campo de areia situado ao lado da Quadra Poliesportiva Ângelo Marques Cavalcante.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizada reforma na quadra esportiva do Nível 2, situada no Bairro Itaparica, compreendendo serviços de pintura geral e aprimoramento da iluminação, com o objetivo de proporcionar melhores condições de uso, segurança e lazer à comunidade local.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_063_de_2025_-_tiago_-__revitaizacao_e_cobertura_quadra.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_063_de_2025_-_tiago_-__revitaizacao_e_cobertura_quadra.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciada a revitalização e cobertura da quadra poliesportiva da Escola Municipal Maria Quitéria na Volta do Moxotó- Jatobá- PE.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_064_de_2025_-_tiago_-_caminhao_fossa.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_064_de_2025_-_tiago_-_caminhao_fossa.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário em cumprimento as formalidades regimentais, que seja providenciado um caminhão fossa para o município de Jatobá- PE.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a implantação de cisternas de captação de água da chuva nas comunidades rurais do município.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a instalação de iluminação pública e a colocação de placas de sinalização nas estradas de acesso às aldeias do município.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/79/emenda_aditiva_no_001-2025_ao_projeto_de_lei_no_017-2025..pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/79/emenda_aditiva_no_001-2025_ao_projeto_de_lei_no_017-2025..pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2025 AO PROJETO DE LEI Nº 017/2025_x000D_
 _x000D_
 Acrescenta-se ao artigo 1º do Projeto de Lei Nº 017/2025, os § § 9º e 10º..</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>AMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/75/emenda_modificativa_no_001-2025_ao_projeto_de_lei_no_005-2025..pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/75/emenda_modificativa_no_001-2025_ao_projeto_de_lei_no_005-2025..pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2025 AO PROJETO DE LEI Nº 005/2025_x000D_
 Modifica a redação do Art. 5º do Projeto de Lei Nº 005/2025.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2025 AO PROJETO DE LEI Nº 017/2025_x000D_
 _x000D_
 Modifica-se o artigo 5º do Projeto de Lei Nº 017/2025.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/78/emenda_modificativa_no_003-2025_ao_projeto_de_lei_no_017-2025..pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/78/emenda_modificativa_no_003-2025_ao_projeto_de_lei_no_017-2025..pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 003/2025 AO PROJETO DE LEI Nº 017/2025_x000D_
 _x000D_
 Altera o artigo 5º, § 1º do Projeto de Lei Nº 017/2025.</t>
   </si>
   <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/emenda_modificativa_no_04_ao_projeto_de_lei_no_032_-_2025_-_ajustar_o_projeto_para_garantir_a_constitucionalidade.docx</t>
+  </si>
+  <si>
+    <t>Modificam-se os artigos 2º e 3, do Projeto de Lei nº 032/2025.</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa_no_05_ao_projeto_de_lei_no_032_-_2025_-_incluir_o_eja_nas_bolsas.docx</t>
+  </si>
+  <si>
+    <t>Modifica-se o artigo 4º, do Projeto de Lei nº 032/2025.</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa_no_06_de_2025_ao_pl_033.2025_-_vereadores.doc</t>
+  </si>
+  <si>
+    <t>Modifica os Anexos do Projeto de Lei nº 033/2025, que dispõe sobre o Código Tributário do Município de Jatobá, para alterar valores e alíquotas, e dá outras providências.</t>
+  </si>
+  <si>
     <t>76</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/76/emenda_supressiva_no_001-2025_ao_projeto_de_lei_no_015-2025..pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/76/emenda_supressiva_no_001-2025_ao_projeto_de_lei_no_015-2025..pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 001/2025 AO PROJETO DE LEI Nº 015/2025_x000D_
 Suprime o Artigo 10º do Projeto de Lei Nº 015/2025.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/emenda_impositiva_01_antonio_joaquim_cons_meio_ambiente.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/emenda_impositiva_01_antonio_joaquim_cons_meio_ambiente.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – apoio aos serviços do Conselho de Meio Ambiente.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/emenda_impositiva_02_antonio_joaquim_olhar_para_as_diferencas_eventos_e_acompanhamento_das_maes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/emenda_impositiva_02_antonio_joaquim_olhar_para_as_diferencas_eventos_e_acompanhamento_das_maes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – no apoio ao Programa Olhar Para as Diferenças, com a Realização de Eventos $$ 4.000,00 (quatro mil reais) e Acompanhamento das Mães Atípicas $$ 9.000,00 (nove mil reias).</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/emenda_impositiva_03_antonio_joaquim_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/emenda_impositiva_03_antonio_joaquim_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – aquisição de Equipamentos e Material Permanente para o Programa Olhar Para as Diferenças.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de uma ambulância para a comunidade do Camaratu e Logradouro, Vereador Antonio Joaquim de Souza $$ 40.000,00 (quarenta mil reais) Vereador Jailton Pereira da Silva $$ 40.000,00 (quarenta mil reais), com contra partida do poder Executivo.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Reforma da quadra Poliesportiva do Alojamento Nível II.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/emenda_impositiva_06_antonio_joaquim_secretaria_de_cultura_atividades_esportivas_po_de_serra.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/emenda_impositiva_06_antonio_joaquim_secretaria_de_cultura_atividades_esportivas_po_de_serra.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Apoio e Manutenção das atividades esportivas para Crianças e Adolescentes através da Associação desportiva Pó de Serra CNPJ: 11.662.594/0001-12.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/emenda_impositiva_07_antonio_joaquim_secretaria_de_cultura_semana_da_biblia_-_copia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/emenda_impositiva_07_antonio_joaquim_secretaria_de_cultura_semana_da_biblia_-_copia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Apoio a atividades Religiosas Semana da Bíblia.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/emenda_impositiva_08_antonio_joaquim_aquisicao_equipamento_ecg_hospital1.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/emenda_impositiva_08_antonio_joaquim_aquisicao_equipamento_ecg_hospital1.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Equipamento ECG para o Hospital Municipal.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_impositiva_09_danilo_e_tiago_aquisicao_ambulancia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_impositiva_09_danilo_e_tiago_aquisicao_ambulancia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de uma ambulância para o Distrito Volta do Moxotó, Vereador Danilo Dantas Gomes $$ 70.000,00 (setenta mil reais) e o Vereador Tiago Francisco da Natividade Santos $$ 70.000,00 (setenta mil reais).</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/emenda_impositiva_10_danilo_aquisicao_caixas_dagua_agricultura_para_aldeia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/emenda_impositiva_10_danilo_aquisicao_caixas_dagua_agricultura_para_aldeia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de 10 (Dez) Tanques D’água Vertical Polietileno 10.000 litros para doar as Famílias da Aldeia Bem Querer de Cima.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/emenda_impositiva_11_danilo_secretaria_de_cultura_festa_padroeira_aldeia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/emenda_impositiva_11_danilo_secretaria_de_cultura_festa_padroeira_aldeia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – No Fomento aos Festejos da Festa da Padroeira Nossa Senhora Auxiliadora na Aldeia Bem Querer de Cima.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Sensores de Monitoramento Contínuo de Glicose (FreeStlyle Libre 2 Plus), para manutenção do Programa de Assistência Farmacêutica Municipal, Executado pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/emenda_impositiva_13_eder_secretaria_de_cultura_refletores_e_energia_solar_assossicao_desportiva_po_de_serra.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/emenda_impositiva_13_eder_secretaria_de_cultura_refletores_e_energia_solar_assossicao_desportiva_po_de_serra.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – no apoio as atividades e Estruturação da Associação desportiva Pó de Serra CNPJ: 11.662.594/0001-12.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/emenda_impositiva_14_jacilene_reforma_quadra_poliesportiva.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/emenda_impositiva_14_jacilene_reforma_quadra_poliesportiva.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Reforma da quadra Poliesportiva da Aldeia Saco dos Barros.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/emenda_impositiva_15_jacilene_e_romario_aquisicao_ambulancia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/emenda_impositiva_15_jacilene_e_romario_aquisicao_ambulancia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de uma ambulância para a Aldeia Saco dos Barros, Vereadora Jacilene Maria dos Santos $$ 80.000,00 (oitenta mil reais) e o Vereador Romário Jailson dos Santos $$ 80.000,00 (oitenta mil reais).</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/emenda_impositiva_16_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_de_sao_goncalo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/emenda_impositiva_16_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_de_sao_goncalo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Gêneros Alimentícios e de Limpeza para Manutenção da Festa de São Gonçalo do Povo Pankararu.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/emenda_impositiva_17_jailton_genero_alimenticio_secretaria_de_cultura_festa_sabado_de_aleluia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/emenda_impositiva_17_jailton_genero_alimenticio_secretaria_de_cultura_festa_sabado_de_aleluia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Gêneros Alimentícios para Manutenção dos Festejos Sábado de Aleluia do Povo Pankararu.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_impositiva_18_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_corrida_do_umbu.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_impositiva_18_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_corrida_do_umbu.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Manutenção dos Festejos Tradicionais do Povo pankararu com a Aquisição de Gêneros Alimentícios e de Limpeza para a Corrida do Umbu.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Gêneros Alimentícios, para o Ritual do Flechamento do Umbu do Povo Pankararu.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/emenda_impositiva_20_jailton_reforma_quadra_poliesportiva.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/emenda_impositiva_20_jailton_reforma_quadra_poliesportiva.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Reforma da Quadra Poliesportiva do Alojamento Nível II.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/emenda_impositiva_21_jailton_secretaria_de_infra_aquisicao_de_lampadas_-_copia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/emenda_impositiva_21_jailton_secretaria_de_infra_aquisicao_de_lampadas_-_copia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Lâmpadas Led, para Manutenção da Iluminação Pública das Comunidades Rurais.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/emenda_impositiva_22_jailton_sec_saude_aquisicao_de_forro_de_cama_e_lencois_para_o_hospital_de_itaparica.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/emenda_impositiva_22_jailton_sec_saude_aquisicao_de_forro_de_cama_e_lencois_para_o_hospital_de_itaparica.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Lençóis e Forro de Cama, para suprir as Demandas do Hospital de Itaparica.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_impositiva_23_jailton_sec_saude_aquisicao_de_material_permanente_para_o_hospital_de_itaparica_-_copia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_impositiva_23_jailton_sec_saude_aquisicao_de_material_permanente_para_o_hospital_de_itaparica_-_copia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Aquisição de Cadeiras de Rodas e Cadeiras de Banho, para suprir as Demandas do Hospital de Itaparica.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Reforma da Colônia dos Pescadores (Serviços de pintura, telhado, manutenção das instalações físicas, elétricas e hidráulicas, que possam ser executados até o valor da presente Emenda parlamentar).</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/emenda_impositiva_26_nilson_medicamentos_posto_de_saude_pankararu.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/emenda_impositiva_26_nilson_medicamentos_posto_de_saude_pankararu.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aquisição de Medicamentos para o Posto de Saúde Pankararu.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/emenda_impositiva_27_nilson_equipamentos_posto_de_saude_pankararu.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/emenda_impositiva_27_nilson_equipamentos_posto_de_saude_pankararu.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aquisição de Equipamentos e Material Permanente para o Posto de Saúde Pankararu.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/emenda_impositiva_28_romario_associacao_indigena_pankararu.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/emenda_impositiva_28_romario_associacao_indigena_pankararu.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aração de terras para fortalecer a Agricultura da Área Indígena – Através da Associação Indígena Pankararu do Saco dos Barros – AIPSB CNPJ: 18.801.705/0001-73.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_impositiva_29_tiago_alimentacao_missa_do_vaqueiro_volta_do_moxoto.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_impositiva_29_tiago_alimentacao_missa_do_vaqueiro_volta_do_moxoto.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de alimentação para os colaboradores e vaqueiros na missa do Vaqueiro no Distrito da Volta do Moxotó.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_impositiva_30_tiago_secretaria_de_cultura_festa_sao_vicente_ferreira.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_impositiva_30_tiago_secretaria_de_cultura_festa_sao_vicente_ferreira.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Contratação de Banda Católica para Animar as Festividades do Novenário do Padroeiro São Vicente Ferreira.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_impositiva_31_tiago_oficinas_artesanato_volta_do_moxoto.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_impositiva_31_tiago_oficinas_artesanato_volta_do_moxoto.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Realização de Oficinas Voltadas Para o Artesanato e Cultura no Distrito da Volta do Moxotó.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aquisição de um Tanque Pipa para Manutenção dos Serviços de Abastecimento de Água – Através da Associação de Agricultores da Volta do Moxotó.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_impositiva_33_eudes_mat_consumo_programa_olhar_para_as_diferencas.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_impositiva_33_eudes_mat_consumo_programa_olhar_para_as_diferencas.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aquisição de Materiais de Consumo para Manutenção do Programa Olhar para as Diferenças.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/emenda_impositiva_35_eudes_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/emenda_impositiva_35_eudes_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/emenda_impositiva_36_eudes_aquisicao_de_equipamentos_e_material_permanente_psf.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/emenda_impositiva_36_eudes_aquisicao_de_equipamentos_e_material_permanente_psf.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – aquisição de Equipamentos e Material Permanente para os PSF das Comunidades Umburanas, Novo Horizonte, Malhada Grande, Barra do Moxotó e Camaratu.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/emenda_impositiva_37_eudes_equipamentos_e_mat_permanente_programa_saude_mental_caps.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/emenda_impositiva_37_eudes_equipamentos_e_mat_permanente_programa_saude_mental_caps.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Aquisição de Equipamentos e Material Permanente para o Programa CAPS.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_impositiva_38_eudes_protecao_e_conservacao_de_animais.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_impositiva_38_eudes_protecao_e_conservacao_de_animais.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Proteção e Conservação dos Animais.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/emenda_impositiva_39_eudes_secretaria_de_cultura_festividades.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/emenda_impositiva_39_eudes_secretaria_de_cultura_festividades.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Contratação de Bandas para Animar as Festividades das Comunidades Beira Rio, Camaratu e Logradouro.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/emenda_impositiva_40_eudes_reforma_quadra_poliesportiva.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/emenda_impositiva_40_eudes_reforma_quadra_poliesportiva.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – Na Reforma das Quadras Poliesportivas das Comunidades Camaratu, Umburana e Santa Rita.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PACJR</t>
   </si>
   <si>
     <t>Parecer C. C. Justiça e Redação Final</t>
   </si>
   <si>
     <t>CCJRF - Comissão de Constituição, Justiça e Redação Final:</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Legislativo em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/81/parecer__002_de_2025_-_projeto_de_lei_no_014_de_2025_1.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/81/parecer__002_de_2025_-_projeto_de_lei_no_014_de_2025_1.docx</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Lei Nº 014/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/82/parecer__003_de_2025_-_projeto_de_lei_no_016_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/82/parecer__003_de_2025_-_projeto_de_lei_no_016_de_2025.docx</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Lei Nº 016/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Legislativo Nº 001/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/parecer__005_pdl_02_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/parecer__005_pdl_02_2025.docx</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Legislativo Nº 002/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Lei Nº 22/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/parecer__007_pdl_03_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/parecer__007_pdl_03_2025.docx</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
                         Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Nº 003/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
                         Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Nº 004/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/parecer__009_de_2025_-_projeto_de_decreto_legislativo_no_005_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/parecer__009_de_2025_-_projeto_de_decreto_legislativo_no_005_de_2025.docx</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Decreto Legislativo Nº 005/2025 em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
                         Em razão do exposto, exaro parecer favorável à aprovação do Projeto de Lei Nº 024/2025._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_011_de_2025_-_projeto_de_lei_027_-_loa_2026.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_011_de_2025_-_projeto_de_lei_027_-_loa_2026.docx</t>
   </si>
   <si>
     <t>Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:_x000D_
 _x000D_
 Art. 62. São de iniciativa exclusiva do Prefeito as Leis que disponham sobre:_x000D_
 _x000D_
 I – Criação, extinção ou transformação de cargos, funções ou empregos públicos do Poder Executivo;_x000D_
 II – Criação, estruturação e atribuições das Secretarias e órgãos da administração pública municipal;_x000D_
 III – Regime jurídico, provimento de cargos, estabilidade, exoneração e aposentadoria dos servidores. _x000D_
 IV - Organização administrativa, matéria tributária e orçamentária que implique em geração de despesa, serviços públicos e pessoal da administração._x000D_
 _x000D_
 O Projeto de Lei Nº 027/2025 estima a Receita do Município de Jatobá para o exercício financeiro de 2026, no montante de R$ 100.000.000,00 (cem milhões de reais) e fixa a Despesa em igual valor._x000D_
 _x000D_
 O art. 8º d</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/parecer_012_de_2025_-_emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/parecer_012_de_2025_-_emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026.docx</t>
   </si>
   <si>
     <t>As Emendas Parlamentares Impositivas, de autoria do Poder Legislativo, modificam a redação do Projeto Atividade, Programa e Elemento de Despesa do Projeto de Lei Nº 027/2025 cuja Ementa: Estima a receita e fixa a despesa do município para o exercício financeiro de 2026._x000D_
 _x000D_
 Foram apresentadas as Emendas Parlamentares Impositivas de Nº 001 a Nº 040/2025, no valor total de R$ 1.138.140,00 (um milhão, cento e trinta e oito mil, cento e quarenta reais). _x000D_
 _x000D_
 Deste montante foi respeitado o limite de 50% (cinquenta por cento) para ações e investimentos na área da saúde, sendo o restante destinado para ações e investimentos em outras áreas, visando proporcionar melhor qualidade de vida para a população Jatobaense._x000D_
 _x000D_
 Sendo assim, conclui-se que as presentes preposições encontram-se guaridas no Art. 126 da Lei Orgânica Municipal, que autoriza a elaboração e apresentação das emendas impositivas parlamentares, em consonância com o disposto nos Artigos 165, 166,166A e Artigo 167 da Constituição Federal,</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/parecer_013_de_2025_-_projeto_de_lei_028_-_ppa_2026-2029-cjr.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/parecer_013_de_2025_-_projeto_de_lei_028_-_ppa_2026-2029-cjr.docx</t>
   </si>
   <si>
     <t>Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 Está Comissão de Constituição, Justiça e Redação Final, analisou o Projeto de Lei Nº 28/2025 sob os aspectos de constitucionalidade, legalidade, juridicidade e técnica legislativa._x000D_
 _x000D_
 Constitucionalidade: O PPA é um instrumento de planejamento obrigatório, conforme o artigo 165 da Constituição Federal, sendo sua apresentação pelo Poder Executivo e aprovação pelo Poder Legislativo uma exigência constitucional. O projeto de lei em análise está em consonância com a ordem jurídica vigente._x000D_
 _x000D_
 Legalidade: O projeto está em conformidade com as Diretrizes da Lei de Responsabilidade Fiscal (Lei Complementar nº 101/2000), que prevê a elaboração do PPA como um dos pilares do planejamento fiscal._x000D_
 _x000D_
 Juridicidade e Técnica Legislativa: A redação do projeto está clara e as diretrizes, objetivos e programas foram apresentados de forma compreensível._x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executiv</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>O Projeto de Lei Nº 027/2025 “estima a Receita do Município para o exercício financeiro de 2026, no montante de R$ 100.000.000,00 (cem milhões de reais) e fixa a Despesa em igual valor”, foi aprovado em primeira votação com a apresentação das seguintes emendas:_x000D_
 _x000D_
 •	Emendas Parlamentares Impositivas de Nº 001 à 040/2025, no valor total de R$ 1.138.140,00 (um milhão, cento e trinta e oito mil, cento e quarenta reais), sendo respeitado o limite mínimo de 50% (cinquenta por cento) para ações e investimentos na área da saúde._x000D_
 _x000D_
 O Projeto foi discutido e votado em Sessão Ordinária do dia 18 de novembro, tendo sido aprovado com a inclusão das Emendas citadas. Assim, o projeto retorna a esta Comissão para elaboração do Texto Definitivo._x000D_
 _x000D_
 Sendo assim, apresenta-se Parecer de Redação Final ao Projeto de Lei em análise, com as Emendas aprovadas, para análise e votação pelo Plenário da Câmara._x000D_
 _x000D_
 Sala das comissões, 18 de novembro de 2025.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>O Projeto de Lei Nº 028/2025 trata do “Plano Plurianual 2026/2029”._x000D_
 _x000D_
 Esta Proposição foi discutida e votada em Sessão Ordinária do dia 18 de novembro, tendo sido aprovado o texto original encaminhado pelo Poder Executivo. Assim, o projeto retorna à esta Comissão para elaboração do Texto Definitivo._x000D_
 _x000D_
 Sendo assim, apresenta-se Parecer de Redação Final ao texto original do Projeto de Lei em análise, para análise e votação pelo Plenário da Câmara._x000D_
 _x000D_
 _x000D_
 Sala das comissões, 18 de novembro de 2025.</t>
   </si>
   <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>Após analisar a matéria em tela e de acordo com o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
+_x000D_
+Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
+_x000D_
+É o Parecer.</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/parecer_017_prop_eme_mod_4_pl_032-2025.docx</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/parecer_018_prop_emen_mod_05_pl_032-2025.docx</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/parecer_020_prop_emen_mod_06_pl_033-2025.docx</t>
+  </si>
+  <si>
     <t>1257</t>
   </si>
   <si>
     <t>PACOF</t>
   </si>
   <si>
     <t>Parecer C. de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_unico_01_a_pl_no_22_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_unico_01_a_pl_no_22_de_2025.docx</t>
   </si>
   <si>
     <t>Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>RELATÓRIO_x000D_
 		_x000D_
 _x000D_
 1. 		O Tribunal de Contas do Estado de Pernambuco, por intermédio do Ofício Nº 1736/2025/TCE-PE/MPC-SPJ, encaminhou o Processo TCE-PE N° 23100648-2, referente à Prestação de Contas do Prefeito do Município de Jatobá, exercício financeiro de 2022, requerendo a apreciação e julgamento do mesmo pela Casa Legislativa._x000D_
 _x000D_
  		Recebido, o procedimento foi encaminhado pela Presidência da Mesa Diretora da Câmara de Vereadores à Comissão de Finanças, Orçamento e Fiscalização conforme Ofício Nº 099/2025 em anexo._x000D_
 _x000D_
  		Em ato contínuo, houve a notificação do Prefeito, através do Ofício 098/2025 em anexo, para, querendo, apresentar defesa escrita no prazo improrrogável de 10 (dez) dias úteis, tudo em homenagem aos princípios constitucionais da “amplitude de defesa”, “contraditório” e “devido processo legal”._x000D_
 _x000D_
  		Findo o prazo para a defesa, o procedimento ficou pronto para a confecção do Parecer da Comissão de Finanças, Orçamento e Fiscalização, passando às mãos do Relator, a fim de que</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/parecer_003_de_2025-projeto_de_lei_027_-_loa_2026-cfof-.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/parecer_003_de_2025-projeto_de_lei_027_-_loa_2026-cfof-.docx</t>
   </si>
   <si>
     <t>Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O Projeto de Lei Nº 027/2025 estima a Receita do Município de Jatobá para o exercício financeiro de 2026, no montante de R$ 100.000.000,00 (cem milhões de reais) e fixa a Despesa em igual valor._x000D_
 _x000D_
 A despesa estimada para os órgãos do Poder Executivo e Legislativo estão nos seguintes valores:_x000D_
 _x000D_
 Órgão	Valores R$	(%)_x000D_
 CÂMARA MUNICIPAL DE JATOBÁ	3.996.000,00	4,00 %_x000D_
 GABINETE DO PREFEITO	1.538.000,00	1,54 %_x000D_
 SECRETARIA MUNICIPAL DE PLANEJAMENTO	865.000,00	0,87 %_x000D_
 SECRETARIA MUNICIPAL DE CULTURA, LAZER TURISMO E ESPORTE	2.497.000,00	2,50 %_x000D_
 SECRETARIA M. DE COORD. CENTRAL DO SIST. DE CONTROLE INTERNO	97.000,00	0,10 %_x000D_
 ASSESSORIA JURÍDICA	77.000,00	0,08 %_x000D_
 SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E GESTÃO	7.992.100,00	7,99 %_x000D_
 SECRETARIA MUNICIPAL DE FINANÇAS	4.258.140,00	4,26 %_x000D_
 SECRETARIA MUNICIPAL DE INFRA-ESTRUTURA	12.907.300,00	12,91 %_x000D_
 SECRETARIA MUNICIPAL DE DESENVOLVIMENTO RURAL	4.164.960,00	4,16 %_x000D_
 SECRETARIA MUNICIPAL DE EDUCA</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/parecer_004_de_2025-emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026-cfof.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/parecer_004_de_2025-emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026-cfof.docx</t>
   </si>
   <si>
     <t>As Emendas Parlamentares Impositivas, de autoria do Poder Legislativo, modificam a redação do Projeto Atividade, Programa e Elemento de Despesa do Projeto de Lei Nº 027/2025 cuja Ementa: Estima a receita e fixa a despesa do município para o exercício financeiro de 2026._x000D_
 _x000D_
 A matéria em análise tramita nesta Casa Legislativa por iniciativa do Poder Legislativo, encontrando-se atualmente nesta Comissão, atendendo disposição regimental no artigo 291 do Regimento Interno que disciplina sua tramitação, estando sob responsabilidade desta Relatoria, para que seja exarado o PARECER sobre os aspectos de constitucionalidade, legalidade e regimentalidade e posterior tramitação em Plenário._x000D_
 _x000D_
 Conforme fundamentado no Parecer da Comissão de Constituição, Justiça e Redação Final, as Emendas Parlamentares Impositivas em comento, obedecem aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Foram apresentadas de 01 a 32 Emendas Parlamentares Impositivas, no valor t</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/parecer_005_de_2025-projeto_de_lei_028_-_ppa_2026-2029-cfof.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/parecer_005_de_2025-projeto_de_lei_028_-_ppa_2026-2029-cfof.docx</t>
   </si>
   <si>
     <t>Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O Projeto de Lei Nº 028/2025 tem como mérito instituir o Plano Plurianual do Município de Jatobá-PE, para o período de 2026/2029._x000D_
 _x000D_
 O Plano Plurianual (PPA) é um instrumento de planejamento governamental de médio prazo, previsto no artigo 165, § 1º, da Constituição Federal. Sua finalidade é estabelecer as diretrizes, objetivos e metas da administração pública para as despesas de capital e outras delas decorrentes e para as relativas aos programas de duração continuada. _x000D_
 _x000D_
 A presente proposição visa aprovar o PPA do Município de Jatobá para o período de 2026 a 2029, alinhando as políticas públicas às necessidades e demandas da população, bem como aos princípios de transparência, eficiência e responsabilidade na gestão fiscal._x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:_x000D_
 _x000D_
 Art.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_006_de_2025-projeto_de_lei_027-2025_-_loa_de_2026-redacao_final.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_006_de_2025-projeto_de_lei_027-2025_-_loa_de_2026-redacao_final.docx</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/parecer_008_de_2025-projeto_de_lei_032.docx</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/parecer_009_de_2025-projeto_de_lei_033.docx</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/parecer_010___propo_emen_mod_04_pl_032.docx</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/parecer__11_de_2025_ao_pl_033.docx</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/parecer_012_prop_emen_mod_06_pl_033.docx</t>
+  </si>
+  <si>
     <t>1251</t>
   </si>
   <si>
     <t>PAESC</t>
   </si>
   <si>
     <t>Parecer C. Educação, Saúde, Cultura, Esporte...</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer__001_pl_24_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer__001_pl_24_2025.docx</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/parecer__002_pl_32_2025.docx</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/parecer__003_prope_emen_mod._04_ao_pl_32_2025.docx</t>
+  </si>
+  <si>
+    <t>1330</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PACC</t>
   </si>
   <si>
     <t>Parecer Conjunta das Comissões</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 001 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 001/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Altera os salários dos servidores municipais adequando-os ao novo salário mínimo e dá outras providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_conjunto_002_pl_no_02_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_conjunto_002_pl_no_02_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 002 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 002/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Altera dispositivos da lei municipal 382/2015 que dispõe sobre a Guarda Municipal e dá outras providências; _x000D_
 _x000D_
                     Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_conjunto_003_pl_no_03_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_conjunto_003_pl_no_03_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO _x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 003 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 003/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Altera a Lei 492/2022 para reajustar o valor do quilômetro rodado em veículo próprio de servidor do Poder Executivo Municipal e dá outras providências._x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_conjunto_004_pl_no_04_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_conjunto_004_pl_no_04_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO _x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 004 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 004/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta a tabela de diárias do Prefeito, Vice-prefeito e demais servidores do Poder Executivo Municipal e dá outras providências._x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_conjunto_005_pl_no_05_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_conjunto_005_pl_no_05_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 005 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 005/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Revoga expressamente as Leis 280/2010 e 579/2024 e dá outras providencias, para dispor sobres as Comissões de Sindicância e Processo Administrativo Disciplinar, com concessão de gratificação aos seus respectivos integrantes._x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_conjunto_006_ao_projeto_de_emenda_001_ao_pl_no_05_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_conjunto_006_ao_projeto_de_emenda_001_ao_pl_no_05_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 006 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Emenda Modificativa Nº 001 ao Projeto de Lei Nº 005/2025._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifica a redação do Art. 5º do Projeto de Lei Nº 005/2025._x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/89/parecer_conjunto_007_pl_no_06_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/89/parecer_conjunto_007_pl_no_06_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 007 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto Lei Nº 006/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Revoga o Art. 5º e seus parágrafos da Lei 584/2024, que trata da Verba Indenizatória de representação, instrui nova redação e dá outras providências. _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/90/parecer_conjunto_008_pl_no_07_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/90/parecer_conjunto_008_pl_no_07_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 008 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto Lei Nº 007/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Cria cargos na estrutura Administrativa Municipal e dá outras providências. _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em razão do exposto, exaro parecer favorável à aprovação da proposição em plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/91/parecer_conjunto_009_pl_no_08_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/91/parecer_conjunto_009_pl_no_08_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO._x000D_
 _x000D_
 PARECER CONJUNTO Nº 009 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 008/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta o tratamento favorecido, diferenciado e simplificado para as microempresas, empresas de pequeno porte e microempreendedores individuais nas licitações de bens, serviços e obras no âmbito da Administração Pública Municipal;_x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/92/parecer_conjunto_010_pl_no_10_de_2025-.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/92/parecer_conjunto_010_pl_no_10_de_2025-.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO _x000D_
 _x000D_
 PARECER CONJUNTO Nº 010 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 010/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Dispõe sobre a regulamentação dos procedimentos e prazos de operacionalização das Emendas Individuais Impositivas no Município de Jatobá, na forma que especifica;_x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/93/parecer_conjunto_011_pl_no_12_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/93/parecer_conjunto_011_pl_no_12_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE DEFESA DOS DIREITOS HUMANOS, ASSISTENCIA SOCIAL E MEIO AMBIENTE_x000D_
 _x000D_
 PARECER CONJUNTO Nº 011 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 012/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta o programa de publicização do Município de Jatobá-PE. _x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/94/parecer_conjunto_012_pl_no_15_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/94/parecer_conjunto_012_pl_no_15_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 PARECER CONJUNTO Nº 012 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 015/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Promove reajuste salarial do Magistério no município de Jatobá, altera dispositivos da Lei 503/2022 e dá outras providencias._x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/95/parecer_conjunto_013_a_proposta_de_emenda_supressiva_ao_pl_no_15_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/95/parecer_conjunto_013_a_proposta_de_emenda_supressiva_ao_pl_no_15_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 PARECER CONJUNTO Nº 013 DE 2025._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Supressiva Nº 001/2025 ao Projeto de Lei Nº 015/2025._x000D_
 _x000D_
 AUTOR: Èder Rodrigo Nogueira de Carvalho._x000D_
 _x000D_
 EMENTA: Suprime o Artigo 10º do Projeto de Lei Nº 015/2025._x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_conjunto_014_ao_pl_no_17_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_conjunto_014_ao_pl_no_17_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 014 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Dispõe sobre a organização e funcionamento do pátio da Feira de Jatobá-PE, Mercado Público, Açougue Municipal, Baias de animais vivos e dá outras providências._x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/97/parecer_conjunto_015_a_pemod_01_ao_pl_no_17_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/97/parecer_conjunto_015_a_pemod_01_ao_pl_no_17_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 015 DE 2025._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2025 ao Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 AUTOR: Éder Rodrigo Nogueira de Carvalho_x000D_
 _x000D_
 EMENTA: Modifica-se o artigo 5º, do Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/98/parecer_conjunto_016_a_pemod_02_ao_pl_no_17_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/98/parecer_conjunto_016_a_pemod_02_ao_pl_no_17_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 016 DE 2025._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 002/2025 ao Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 AUTORES: Antônio Joaquim de Souza, Danilo Dantas Gomes, Eudes de Albuquerque Pereira Júnior, Jacilene Maria dos Santos, Jailton Pereira da Silva, Nilson Oliveira Costa Romário Jailson dos Santos_x000D_
 _x000D_
 EMENTA: Altera o artigo 5º, § 1º do Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/99/parecer_conjunto_017_a_pea_01_ao_pl_no_17_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/99/parecer_conjunto_017_a_pea_01_ao_pl_no_17_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 017 DE 2025._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Aditiva Nº 001/2025 ao Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 AUTOR: Éder Rodrigo Nogueira de Carvalho_x000D_
 _x000D_
 EMENTA: Acrescenta-se ao artigo 1º, § 9º e 10º ao Projeto de Lei Nº 017/2025._x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/100/parecer_conjunto_018_a_pl_no_20_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/100/parecer_conjunto_018_a_pl_no_20_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 018 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 020/2025_x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Altera denominação da creche Municipal e dá outras providências._x000D_
 ._x000D_
 _x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_conjunto_019_a_pl_no_21_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_conjunto_019_a_pl_no_21_de_2025.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO _x000D_
 _x000D_
 PARECER CONJUNTO Nº 019 DE 2025._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 021/2025_x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Institui a nova Estrutura Administrativa do município de Jatobá e dá outras providências._x000D_
 ._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_conjunto_020_pl_no_25_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_conjunto_020_pl_no_25_de_2025.docx</t>
   </si>
   <si>
     <t>Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 _x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 _x000D_
 É o Parecer</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/parecer_conjunto_021_a_emenda_modificativa_ao_pl_no_25_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/parecer_conjunto_021_a_emenda_modificativa_ao_pl_no_25_de_2025.docx</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/parecer_conjunto_022_a_pl_no_26_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/parecer_conjunto_022_a_pl_no_26_de_2025.docx</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/parecer_conjunto_023_a_pl_no_30_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/parecer_conjunto_023_a_pl_no_30_de_2025.docx</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_conjunto_0244_a_pl_no_31_de_2025.docx</t>
-[...6 lines deleted...]
-É o Parecer.</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_conjunto_0244_a_pl_no_31_de_2025.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2618,67 +2732,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_no008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/633/1_-_projeto_de_lei_022-2025_-_ldo_2026_-_jatoba.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_no024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_no025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/1_-_ploa_-_jatoba_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/1_-_ppa__-_jatoba_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_decreto_legislativo_001_de_2025_-_titulo_fabrizio_ferraz.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_decreto_legislativo_003_de_2025_-_titulo_maria_do_socorro_soares.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_decreto_legislativo_004_de_2025_-_titulo_antonio_gomes.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_decreto_legislativo_005_de_2025_-_titulo_nilson.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/74/1_-_projeto_de_resolucao_001-2025.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_de_informacao_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_001_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_002_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_003_de_2025_-_romario_-_manutencao_das_estradas.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_004_de_2025_-_romario_-_unidade_basica_de_saude_carrapateira.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_005_de_2025_-_jailton_-_ciclovia.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_006_de_2025_-_jailton_-reajuste_das_diarias.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_007_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_008_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_009_de_2025_-_danilo_-_reforma_do_posto_medico_da_aldeia_bem_querer_de_cima.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_010_de_2025_-_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_011_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_012_de_2025_-_nilson.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_013_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_014_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_015_de_2025_-_romario-_ambulancia_sacos_dos_barros..docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_016_de_2025_-_romario-_cemiterio_aldeia_carrapateira.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_017_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_no018-2025_-_jailton.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_019_de_2025_-_romario_-_saneamento_basico_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_020_de_2025_-_romario_-_corbetura_da_quadra_poliesportiva.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_021_de__2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_022_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_023_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_024_de_2025_-_jailton.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_025_de_2025_-_romario_-_praca_e_academia_da_cidade_sacos_dos_barros_-_copia.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_026_de_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_027_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_028_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_029_de_2025_-_jailton_-reajuste_das_diarias.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_030_de_2025_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo_-_copia.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_031_de_2025_-_romario_-_praca_e_academia_da_cidade_carrapateira.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_032_de_2025_-_romario_-_revitalizacao_da_quadra_tapera.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_033_de_2025_-_nilson.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_034_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_035_de_2025-_romario_-_construcao_de_uma_creche.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_036_e_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_037_de_2025_-_jailton_-_ciclofaixa.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_no038-2025_-_eder.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_039_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_040_de_2025_-_tiago_-_passagens_molhadas.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_041_de_2025_-_tiago_-_cobertura_da_feira_livre_do_moxoto.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_042_de_2025_-_jailton_-_tea.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_043_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_045_de_2025_-_eudes_-_area_de_sombreamento_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_046_de_2025_-_eudes_-_coberta_em_tela_para_quadra.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_047_de_2025-_tiago_-_ampliacao.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_048_de_2025-_tiago_-_ponto_de_apoio.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_049_de_2025_-_nilson_-_casa_de_farinha.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_050_de_2025_-_eder_-_realizacao_de_concurso_publico_pessoal.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_051_de_2025_-_eder_-_realizacao_de_concurso_publico_para_guarda_municipal.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025-antonio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_053_de_2025-_castracao_de_animais.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/639/indicacao_055_de_2025-_cartorio.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_057_de_2025_-_eudes_-_casa_azul.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/642/indicacao_058_de_2025_-_eudes_-_parada_de_onibus_escolar.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_060_de_2025_-_jacilene_-__incentivos_e_subsidios_de_horas_de_maquina.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_061_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_063_de_2025_-_tiago_-__revitaizacao_e_cobertura_quadra.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_064_de_2025_-_tiago_-_caminhao_fossa.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/79/emenda_aditiva_no_001-2025_ao_projeto_de_lei_no_017-2025..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/75/emenda_modificativa_no_001-2025_ao_projeto_de_lei_no_005-2025..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/78/emenda_modificativa_no_003-2025_ao_projeto_de_lei_no_017-2025..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/76/emenda_supressiva_no_001-2025_ao_projeto_de_lei_no_015-2025..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/emenda_impositiva_01_antonio_joaquim_cons_meio_ambiente.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/emenda_impositiva_02_antonio_joaquim_olhar_para_as_diferencas_eventos_e_acompanhamento_das_maes.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/emenda_impositiva_03_antonio_joaquim_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/emenda_impositiva_06_antonio_joaquim_secretaria_de_cultura_atividades_esportivas_po_de_serra.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/emenda_impositiva_07_antonio_joaquim_secretaria_de_cultura_semana_da_biblia_-_copia.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/emenda_impositiva_08_antonio_joaquim_aquisicao_equipamento_ecg_hospital1.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_impositiva_09_danilo_e_tiago_aquisicao_ambulancia.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/emenda_impositiva_10_danilo_aquisicao_caixas_dagua_agricultura_para_aldeia.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/emenda_impositiva_11_danilo_secretaria_de_cultura_festa_padroeira_aldeia.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/emenda_impositiva_13_eder_secretaria_de_cultura_refletores_e_energia_solar_assossicao_desportiva_po_de_serra.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/emenda_impositiva_14_jacilene_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/emenda_impositiva_15_jacilene_e_romario_aquisicao_ambulancia.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/emenda_impositiva_16_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_de_sao_goncalo.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/emenda_impositiva_17_jailton_genero_alimenticio_secretaria_de_cultura_festa_sabado_de_aleluia.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_impositiva_18_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_corrida_do_umbu.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/emenda_impositiva_20_jailton_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/emenda_impositiva_21_jailton_secretaria_de_infra_aquisicao_de_lampadas_-_copia.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/emenda_impositiva_22_jailton_sec_saude_aquisicao_de_forro_de_cama_e_lencois_para_o_hospital_de_itaparica.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_impositiva_23_jailton_sec_saude_aquisicao_de_material_permanente_para_o_hospital_de_itaparica_-_copia.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/emenda_impositiva_26_nilson_medicamentos_posto_de_saude_pankararu.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/emenda_impositiva_27_nilson_equipamentos_posto_de_saude_pankararu.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/emenda_impositiva_28_romario_associacao_indigena_pankararu.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_impositiva_29_tiago_alimentacao_missa_do_vaqueiro_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_impositiva_30_tiago_secretaria_de_cultura_festa_sao_vicente_ferreira.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_impositiva_31_tiago_oficinas_artesanato_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_impositiva_33_eudes_mat_consumo_programa_olhar_para_as_diferencas.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/emenda_impositiva_35_eudes_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/emenda_impositiva_36_eudes_aquisicao_de_equipamentos_e_material_permanente_psf.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/emenda_impositiva_37_eudes_equipamentos_e_mat_permanente_programa_saude_mental_caps.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_impositiva_38_eudes_protecao_e_conservacao_de_animais.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/emenda_impositiva_39_eudes_secretaria_de_cultura_festividades.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/emenda_impositiva_40_eudes_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/81/parecer__002_de_2025_-_projeto_de_lei_no_014_de_2025_1.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/82/parecer__003_de_2025_-_projeto_de_lei_no_016_de_2025.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/parecer__005_pdl_02_2025.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/parecer__007_pdl_03_2025.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/parecer__009_de_2025_-_projeto_de_decreto_legislativo_no_005_de_2025.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_011_de_2025_-_projeto_de_lei_027_-_loa_2026.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/parecer_012_de_2025_-_emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/parecer_013_de_2025_-_projeto_de_lei_028_-_ppa_2026-2029-cjr.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_unico_01_a_pl_no_22_de_2025.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/parecer_003_de_2025-projeto_de_lei_027_-_loa_2026-cfof-.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/parecer_004_de_2025-emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026-cfof.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/parecer_005_de_2025-projeto_de_lei_028_-_ppa_2026-2029-cfof.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_006_de_2025-projeto_de_lei_027-2025_-_loa_de_2026-redacao_final.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer__001_pl_24_2025.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_conjunto_002_pl_no_02_de_2025.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_conjunto_003_pl_no_03_de_2025.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_conjunto_004_pl_no_04_de_2025.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_conjunto_005_pl_no_05_de_2025.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_conjunto_006_ao_projeto_de_emenda_001_ao_pl_no_05_de_2025.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/89/parecer_conjunto_007_pl_no_06_de_2025.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/90/parecer_conjunto_008_pl_no_07_de_2025.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/91/parecer_conjunto_009_pl_no_08_de_2025.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/92/parecer_conjunto_010_pl_no_10_de_2025-.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/93/parecer_conjunto_011_pl_no_12_de_2025.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/94/parecer_conjunto_012_pl_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/95/parecer_conjunto_013_a_proposta_de_emenda_supressiva_ao_pl_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_conjunto_014_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/97/parecer_conjunto_015_a_pemod_01_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/98/parecer_conjunto_016_a_pemod_02_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/99/parecer_conjunto_017_a_pea_01_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/100/parecer_conjunto_018_a_pl_no_20_de_2025.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_conjunto_019_a_pl_no_21_de_2025.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_conjunto_020_pl_no_25_de_2025.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/parecer_conjunto_021_a_emenda_modificativa_ao_pl_no_25_de_2025.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/parecer_conjunto_022_a_pl_no_26_de_2025.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/parecer_conjunto_023_a_pl_no_30_de_2025.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_conjunto_0244_a_pl_no_31_de_2025.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_no008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/633/1_-_projeto_de_lei_022-2025_-_ldo_2026_-_jatoba.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_lei_no024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_no025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/1_-_ploa_-_jatoba_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/1_-_ppa__-_jatoba_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/projeto_de_lei_no_032_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_no_033-2025.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_decreto_legislativo_001_de_2025_-_titulo_fabrizio_ferraz.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_decreto_legislativo_003_de_2025_-_titulo_maria_do_socorro_soares.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_decreto_legislativo_004_de_2025_-_titulo_antonio_gomes.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_decreto_legislativo_005_de_2025_-_titulo_nilson.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/74/1_-_projeto_de_resolucao_001-2025.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_de_informacao_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_001_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_002_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_003_de_2025_-_romario_-_manutencao_das_estradas.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_004_de_2025_-_romario_-_unidade_basica_de_saude_carrapateira.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_005_de_2025_-_jailton_-_ciclovia.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_006_de_2025_-_jailton_-reajuste_das_diarias.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_007_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_008_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_009_de_2025_-_danilo_-_reforma_do_posto_medico_da_aldeia_bem_querer_de_cima.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_010_de_2025_-_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_011_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_012_de_2025_-_nilson.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_013_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_014_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_015_de_2025_-_romario-_ambulancia_sacos_dos_barros..docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_016_de_2025_-_romario-_cemiterio_aldeia_carrapateira.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_017_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_no018-2025_-_jailton.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_019_de_2025_-_romario_-_saneamento_basico_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_020_de_2025_-_romario_-_corbetura_da_quadra_poliesportiva.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_021_de__2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_022_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_023_de_2025_-_tiago.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_024_de_2025_-_jailton.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_025_de_2025_-_romario_-_praca_e_academia_da_cidade_sacos_dos_barros_-_copia.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_026_de_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_027_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_028_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_029_de_2025_-_jailton_-reajuste_das_diarias.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_030_de_2025_danilo_-_construcao_de_passagem_molhada_na_aldeia_bem_querer_de_baixo_-_copia.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_031_de_2025_-_romario_-_praca_e_academia_da_cidade_carrapateira.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_032_de_2025_-_romario_-_revitalizacao_da_quadra_tapera.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_033_de_2025_-_nilson.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_034_de_2025_-_jacilene.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_035_de_2025-_romario_-_construcao_de_uma_creche.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_036_e_2025_-_romario_-_calcamento_das_ruas_jatoba_ii.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_037_de_2025_-_jailton_-_ciclofaixa.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_no038-2025_-_eder.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_039_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_040_de_2025_-_tiago_-_passagens_molhadas.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_041_de_2025_-_tiago_-_cobertura_da_feira_livre_do_moxoto.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_042_de_2025_-_jailton_-_tea.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_043_de_2025_-_toinho.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_045_de_2025_-_eudes_-_area_de_sombreamento_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_046_de_2025_-_eudes_-_coberta_em_tela_para_quadra.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_047_de_2025-_tiago_-_ampliacao.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_048_de_2025-_tiago_-_ponto_de_apoio.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_049_de_2025_-_nilson_-_casa_de_farinha.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_050_de_2025_-_eder_-_realizacao_de_concurso_publico_pessoal.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_051_de_2025_-_eder_-_realizacao_de_concurso_publico_para_guarda_municipal.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025-antonio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_053_de_2025-_castracao_de_animais.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/639/indicacao_055_de_2025-_cartorio.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_057_de_2025_-_eudes_-_casa_azul.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/642/indicacao_058_de_2025_-_eudes_-_parada_de_onibus_escolar.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_060_de_2025_-_jacilene_-__incentivos_e_subsidios_de_horas_de_maquina.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_061_de_2025_-_toinho_de_valu.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_063_de_2025_-_tiago_-__revitaizacao_e_cobertura_quadra.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_064_de_2025_-_tiago_-_caminhao_fossa.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/79/emenda_aditiva_no_001-2025_ao_projeto_de_lei_no_017-2025..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/75/emenda_modificativa_no_001-2025_ao_projeto_de_lei_no_005-2025..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/78/emenda_modificativa_no_003-2025_ao_projeto_de_lei_no_017-2025..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/emenda_modificativa_no_04_ao_projeto_de_lei_no_032_-_2025_-_ajustar_o_projeto_para_garantir_a_constitucionalidade.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa_no_05_ao_projeto_de_lei_no_032_-_2025_-_incluir_o_eja_nas_bolsas.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa_no_06_de_2025_ao_pl_033.2025_-_vereadores.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/76/emenda_supressiva_no_001-2025_ao_projeto_de_lei_no_015-2025..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/emenda_impositiva_01_antonio_joaquim_cons_meio_ambiente.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/emenda_impositiva_02_antonio_joaquim_olhar_para_as_diferencas_eventos_e_acompanhamento_das_maes.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/emenda_impositiva_03_antonio_joaquim_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/emenda_impositiva_06_antonio_joaquim_secretaria_de_cultura_atividades_esportivas_po_de_serra.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/emenda_impositiva_07_antonio_joaquim_secretaria_de_cultura_semana_da_biblia_-_copia.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/emenda_impositiva_08_antonio_joaquim_aquisicao_equipamento_ecg_hospital1.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_impositiva_09_danilo_e_tiago_aquisicao_ambulancia.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/emenda_impositiva_10_danilo_aquisicao_caixas_dagua_agricultura_para_aldeia.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/emenda_impositiva_11_danilo_secretaria_de_cultura_festa_padroeira_aldeia.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/emenda_impositiva_13_eder_secretaria_de_cultura_refletores_e_energia_solar_assossicao_desportiva_po_de_serra.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/emenda_impositiva_14_jacilene_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/emenda_impositiva_15_jacilene_e_romario_aquisicao_ambulancia.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/emenda_impositiva_16_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_de_sao_goncalo.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/emenda_impositiva_17_jailton_genero_alimenticio_secretaria_de_cultura_festa_sabado_de_aleluia.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_impositiva_18_jailton_genero_alimenticio_e_limpeza_secretaria_de_cultura_festa_corrida_do_umbu.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/emenda_impositiva_20_jailton_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/emenda_impositiva_21_jailton_secretaria_de_infra_aquisicao_de_lampadas_-_copia.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/emenda_impositiva_22_jailton_sec_saude_aquisicao_de_forro_de_cama_e_lencois_para_o_hospital_de_itaparica.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_impositiva_23_jailton_sec_saude_aquisicao_de_material_permanente_para_o_hospital_de_itaparica_-_copia.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/emenda_impositiva_26_nilson_medicamentos_posto_de_saude_pankararu.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/emenda_impositiva_27_nilson_equipamentos_posto_de_saude_pankararu.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/emenda_impositiva_28_romario_associacao_indigena_pankararu.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_impositiva_29_tiago_alimentacao_missa_do_vaqueiro_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_impositiva_30_tiago_secretaria_de_cultura_festa_sao_vicente_ferreira.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_impositiva_31_tiago_oficinas_artesanato_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_impositiva_33_eudes_mat_consumo_programa_olhar_para_as_diferencas.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/emenda_impositiva_35_eudes_olhar_para_as_diferencas_equipamentos_e_material_permanente.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/emenda_impositiva_36_eudes_aquisicao_de_equipamentos_e_material_permanente_psf.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/emenda_impositiva_37_eudes_equipamentos_e_mat_permanente_programa_saude_mental_caps.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_impositiva_38_eudes_protecao_e_conservacao_de_animais.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/emenda_impositiva_39_eudes_secretaria_de_cultura_festividades.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/emenda_impositiva_40_eudes_reforma_quadra_poliesportiva.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/81/parecer__002_de_2025_-_projeto_de_lei_no_014_de_2025_1.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/82/parecer__003_de_2025_-_projeto_de_lei_no_016_de_2025.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/parecer__005_pdl_02_2025.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/parecer__007_pdl_03_2025.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/parecer__009_de_2025_-_projeto_de_decreto_legislativo_no_005_de_2025.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_011_de_2025_-_projeto_de_lei_027_-_loa_2026.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/parecer_012_de_2025_-_emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/parecer_013_de_2025_-_projeto_de_lei_028_-_ppa_2026-2029-cjr.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/parecer_017_prop_eme_mod_4_pl_032-2025.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/parecer_018_prop_emen_mod_05_pl_032-2025.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/parecer_020_prop_emen_mod_06_pl_033-2025.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_unico_01_a_pl_no_22_de_2025.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/parecer_003_de_2025-projeto_de_lei_027_-_loa_2026-cfof-.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/parecer_004_de_2025-emendas_parlamentares_impositivas_ao_projeto_de_lei_027_-_loa_2026-cfof.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/parecer_005_de_2025-projeto_de_lei_028_-_ppa_2026-2029-cfof.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_006_de_2025-projeto_de_lei_027-2025_-_loa_de_2026-redacao_final.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/parecer_008_de_2025-projeto_de_lei_032.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/parecer_009_de_2025-projeto_de_lei_033.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/parecer_010___propo_emen_mod_04_pl_032.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/parecer__11_de_2025_ao_pl_033.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/parecer_012_prop_emen_mod_06_pl_033.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer__001_pl_24_2025.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/parecer__002_pl_32_2025.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/parecer__003_prope_emen_mod._04_ao_pl_32_2025.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_conjunto_002_pl_no_02_de_2025.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_conjunto_003_pl_no_03_de_2025.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_conjunto_004_pl_no_04_de_2025.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_conjunto_005_pl_no_05_de_2025.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_conjunto_006_ao_projeto_de_emenda_001_ao_pl_no_05_de_2025.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/89/parecer_conjunto_007_pl_no_06_de_2025.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/90/parecer_conjunto_008_pl_no_07_de_2025.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/91/parecer_conjunto_009_pl_no_08_de_2025.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/92/parecer_conjunto_010_pl_no_10_de_2025-.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/93/parecer_conjunto_011_pl_no_12_de_2025.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/94/parecer_conjunto_012_pl_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/95/parecer_conjunto_013_a_proposta_de_emenda_supressiva_ao_pl_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_conjunto_014_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/97/parecer_conjunto_015_a_pemod_01_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/98/parecer_conjunto_016_a_pemod_02_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/99/parecer_conjunto_017_a_pea_01_ao_pl_no_17_de_2025.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/100/parecer_conjunto_018_a_pl_no_20_de_2025.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_conjunto_019_a_pl_no_21_de_2025.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_conjunto_020_pl_no_25_de_2025.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/parecer_conjunto_021_a_emenda_modificativa_ao_pl_no_25_de_2025.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/parecer_conjunto_022_a_pl_no_26_de_2025.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/parecer_conjunto_023_a_pl_no_30_de_2025.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_conjunto_0244_a_pl_no_31_de_2025.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H197"/>
+  <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="179.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="182.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3478,4228 +3592,4657 @@
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H32" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>117</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>8</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>122</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B34" t="s">
-[...11 lines deleted...]
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>125</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" t="s">
         <v>126</v>
       </c>
-      <c r="B35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F35" t="s">
-        <v>59</v>
+        <v>128</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H35" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D36" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E36" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F36" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>131</v>
+        <v>75</v>
       </c>
       <c r="H36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E37" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>59</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H37" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>137</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D38" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" t="s">
+        <v>127</v>
+      </c>
+      <c r="F38" t="s">
         <v>138</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>78</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D39" t="s">
+        <v>126</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>142</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>16</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>8</v>
       </c>
       <c r="D40" t="s">
+        <v>146</v>
+      </c>
+      <c r="E40" t="s">
         <v>147</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>148</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D41" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E41" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F41" t="s">
-        <v>149</v>
+        <v>107</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H41" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D42" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E42" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F42" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H42" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E43" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F43" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="H43" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E44" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F44" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H44" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D45" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E45" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F45" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H45" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D46" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E46" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F46" t="s">
-        <v>124</v>
+        <v>167</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H46" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D47" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E47" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F47" t="s">
-        <v>124</v>
+        <v>167</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="H47" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D48" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E48" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F48" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H48" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D49" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E49" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F49" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="H49" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E50" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F50" t="s">
-        <v>59</v>
+        <v>138</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H50" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>175</v>
+        <v>114</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E51" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F51" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H51" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>178</v>
+        <v>118</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D52" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E52" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F52" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H52" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>181</v>
+        <v>122</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D53" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E53" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F53" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H53" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>184</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D54" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E54" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F54" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H54" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>187</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D55" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E55" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F55" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H55" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>190</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D56" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E56" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F56" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H56" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>193</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D57" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E57" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F57" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H57" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>196</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D58" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E58" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F58" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H58" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>199</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D59" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E59" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F59" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H59" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>202</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D60" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E60" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F60" t="s">
-        <v>59</v>
+        <v>162</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H60" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>205</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="D61" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E61" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F61" t="s">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H61" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>208</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="D62" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E62" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F62" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>209</v>
       </c>
       <c r="H62" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>211</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="D63" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E63" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F63" t="s">
-        <v>159</v>
+        <v>132</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H63" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>214</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D64" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E64" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F64" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H64" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>217</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="D65" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E65" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F65" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H65" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>220</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E66" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F66" t="s">
-        <v>59</v>
+        <v>162</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>221</v>
       </c>
       <c r="H66" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>223</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="D67" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E67" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F67" t="s">
-        <v>59</v>
+        <v>162</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>224</v>
       </c>
       <c r="H67" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>226</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D68" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E68" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F68" t="s">
-        <v>159</v>
+        <v>59</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H68" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>229</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D69" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E69" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F69" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>230</v>
       </c>
       <c r="H69" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>232</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D70" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E70" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F70" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>233</v>
       </c>
       <c r="H70" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>235</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="D71" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E71" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F71" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>236</v>
       </c>
       <c r="H71" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>238</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>175</v>
+        <v>114</v>
       </c>
       <c r="D72" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E72" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F72" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>239</v>
       </c>
       <c r="H72" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>241</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>178</v>
+        <v>118</v>
       </c>
       <c r="D73" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E73" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F73" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>242</v>
       </c>
       <c r="H73" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>244</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>181</v>
+        <v>122</v>
       </c>
       <c r="D74" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E74" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F74" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H74" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>247</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>184</v>
       </c>
       <c r="D75" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E75" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F75" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>248</v>
       </c>
       <c r="H75" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>250</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>187</v>
       </c>
       <c r="D76" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E76" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F76" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H76" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>253</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>190</v>
       </c>
       <c r="D77" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E77" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F77" t="s">
-        <v>107</v>
+        <v>162</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>254</v>
       </c>
       <c r="H77" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>256</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>193</v>
       </c>
       <c r="D78" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E78" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F78" t="s">
-        <v>59</v>
+        <v>167</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H78" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>259</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>196</v>
       </c>
       <c r="D79" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E79" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F79" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>260</v>
       </c>
       <c r="H79" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>262</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>199</v>
       </c>
       <c r="D80" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E80" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F80" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H80" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>265</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>202</v>
       </c>
       <c r="D81" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E81" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F81" t="s">
-        <v>159</v>
+        <v>132</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>266</v>
       </c>
       <c r="H81" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>268</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>205</v>
       </c>
       <c r="D82" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E82" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F82" t="s">
-        <v>59</v>
+        <v>132</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H82" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>271</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>208</v>
       </c>
       <c r="D83" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E83" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F83" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>75</v>
+        <v>272</v>
       </c>
       <c r="H83" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>211</v>
       </c>
       <c r="D84" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E84" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F84" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H84" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>214</v>
       </c>
       <c r="D85" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E85" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F85" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>277</v>
+        <v>75</v>
       </c>
       <c r="H85" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>279</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>217</v>
       </c>
       <c r="D86" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E86" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F86" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H86" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>282</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>220</v>
       </c>
       <c r="D87" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E87" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F87" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H87" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>285</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>223</v>
       </c>
       <c r="D88" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E88" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F88" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>286</v>
       </c>
       <c r="H88" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>288</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>226</v>
       </c>
       <c r="D89" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E89" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F89" t="s">
-        <v>107</v>
+        <v>132</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H89" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>291</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>229</v>
       </c>
       <c r="D90" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E90" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F90" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H90" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>294</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>232</v>
       </c>
       <c r="D91" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E91" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F91" t="s">
-        <v>59</v>
+        <v>107</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H91" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>297</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>235</v>
       </c>
       <c r="D92" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E92" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F92" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>298</v>
       </c>
       <c r="H92" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>300</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>238</v>
       </c>
       <c r="D93" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E93" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F93" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>75</v>
+        <v>301</v>
       </c>
       <c r="H93" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>241</v>
       </c>
       <c r="D94" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E94" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F94" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H94" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>244</v>
       </c>
       <c r="D95" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E95" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F95" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H95" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>247</v>
       </c>
       <c r="D96" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E96" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F96" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H96" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>250</v>
       </c>
       <c r="D97" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E97" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F97" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>311</v>
+        <v>75</v>
       </c>
       <c r="H97" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>313</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>253</v>
       </c>
       <c r="D98" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E98" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F98" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>75</v>
+        <v>314</v>
       </c>
       <c r="H98" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>256</v>
       </c>
       <c r="D99" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E99" t="s">
-        <v>148</v>
+        <v>156</v>
+      </c>
+      <c r="F99" t="s">
+        <v>83</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H99" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>259</v>
       </c>
       <c r="D100" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E100" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F100" t="s">
-        <v>59</v>
+        <v>157</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>319</v>
+        <v>75</v>
       </c>
       <c r="H100" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>321</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>262</v>
       </c>
       <c r="D101" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E101" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>156</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>75</v>
+        <v>322</v>
       </c>
       <c r="H101" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>265</v>
       </c>
       <c r="D102" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E102" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F102" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="H102" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>268</v>
       </c>
       <c r="D103" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E103" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F103" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>327</v>
+        <v>75</v>
       </c>
       <c r="H103" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>329</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>271</v>
       </c>
       <c r="D104" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E104" t="s">
-        <v>148</v>
+        <v>156</v>
+      </c>
+      <c r="F104" t="s">
+        <v>132</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>75</v>
+        <v>330</v>
       </c>
       <c r="H104" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D105" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E105" t="s">
-        <v>148</v>
+        <v>156</v>
+      </c>
+      <c r="F105" t="s">
+        <v>132</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>75</v>
+        <v>333</v>
       </c>
       <c r="H105" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>8</v>
+        <v>277</v>
       </c>
       <c r="D106" t="s">
-        <v>334</v>
+        <v>155</v>
       </c>
       <c r="E106" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G106" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H106" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>337</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>279</v>
+      </c>
+      <c r="D107" t="s">
+        <v>155</v>
+      </c>
+      <c r="E107" t="s">
+        <v>156</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H107" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D108" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E108" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F108" t="s">
         <v>107</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>75</v>
+        <v>342</v>
       </c>
       <c r="H108" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>344</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" t="s">
         <v>345</v>
       </c>
-      <c r="B109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="F109" t="s">
         <v>59</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H109" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D110" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E110" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F110" t="s">
         <v>107</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>351</v>
+        <v>75</v>
       </c>
       <c r="H110" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D111" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="E111" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="F111" t="s">
         <v>59</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="H111" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D112" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="E112" t="s">
+        <v>346</v>
+      </c>
+      <c r="F112" t="s">
+        <v>107</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H112" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D113" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="E113" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="F113" t="s">
-        <v>59</v>
+        <v>107</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="H113" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D114" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="E114" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="F114" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>75</v>
+        <v>361</v>
       </c>
       <c r="H114" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>363</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" t="s">
+        <v>364</v>
+      </c>
+      <c r="E115" t="s">
+        <v>365</v>
+      </c>
+      <c r="F115" t="s">
+        <v>107</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>366</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H115" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>368</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D116" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E116" t="s">
-        <v>355</v>
+        <v>370</v>
+      </c>
+      <c r="F116" t="s">
+        <v>59</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H116" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D117" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E117" t="s">
-        <v>355</v>
+        <v>370</v>
+      </c>
+      <c r="F117" t="s">
+        <v>59</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H117" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D118" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E118" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F118" t="s">
         <v>59</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H118" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D119" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E119" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F119" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>378</v>
+        <v>75</v>
       </c>
       <c r="H119" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E120" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F120" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>381</v>
+        <v>75</v>
       </c>
       <c r="H120" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>383</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="D121" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E121" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>370</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H121" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>386</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E122" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>370</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>75</v>
+        <v>387</v>
       </c>
       <c r="H122" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="D123" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E123" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F123" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H123" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="D124" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E124" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F124" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H124" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D125" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E125" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F125" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H125" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D126" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E126" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F126" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H126" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="D127" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E127" t="s">
-        <v>355</v>
+        <v>370</v>
+      </c>
+      <c r="F127" t="s">
+        <v>107</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>401</v>
+        <v>75</v>
       </c>
       <c r="H127" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>403</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="D128" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E128" t="s">
-        <v>355</v>
+        <v>370</v>
+      </c>
+      <c r="F128" t="s">
+        <v>107</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H128" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>406</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D129" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E129" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F129" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>75</v>
+        <v>407</v>
       </c>
       <c r="H129" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="D130" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E130" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F130" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H130" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D131" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E131" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F131" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H131" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="D132" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E132" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>370</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H132" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D133" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E133" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H133" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D134" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E134" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F134" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H134" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="D135" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E135" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F135" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>75</v>
+        <v>424</v>
       </c>
       <c r="H135" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="D136" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E136" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F136" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H136" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="D137" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E137" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F137" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H137" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="D138" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E138" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>370</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="H138" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="D139" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E139" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F139" t="s">
-        <v>124</v>
+        <v>167</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>433</v>
+        <v>75</v>
       </c>
       <c r="H139" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="D140" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E140" t="s">
-        <v>355</v>
+        <v>370</v>
+      </c>
+      <c r="F140" t="s">
+        <v>142</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>436</v>
+        <v>75</v>
       </c>
       <c r="H140" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>438</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="D141" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E141" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F141" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H141" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>441</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>172</v>
+        <v>98</v>
       </c>
       <c r="D142" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E142" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F142" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>75</v>
+        <v>442</v>
       </c>
       <c r="H142" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>175</v>
+        <v>102</v>
       </c>
       <c r="D143" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E143" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F143" t="s">
-        <v>83</v>
+        <v>162</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H143" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>178</v>
+        <v>106</v>
       </c>
       <c r="D144" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E144" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F144" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>75</v>
+        <v>448</v>
       </c>
       <c r="H144" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>181</v>
+        <v>110</v>
       </c>
       <c r="D145" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E145" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>370</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="H145" t="s">
-        <v>363</v>
+        <v>452</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
       <c r="D146" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E146" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F146" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="H146" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>187</v>
+        <v>118</v>
       </c>
       <c r="D147" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E147" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F147" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>453</v>
+        <v>75</v>
       </c>
       <c r="H147" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>190</v>
+        <v>122</v>
       </c>
       <c r="D148" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E148" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F148" t="s">
         <v>83</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="H148" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="D149" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E149" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F149" t="s">
         <v>83</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>459</v>
+        <v>75</v>
       </c>
       <c r="H149" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="D150" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E150" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F150" t="s">
         <v>83</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H150" t="s">
-        <v>463</v>
+        <v>378</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>464</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>8</v>
+        <v>190</v>
       </c>
       <c r="D151" t="s">
+        <v>369</v>
+      </c>
+      <c r="E151" t="s">
+        <v>370</v>
+      </c>
+      <c r="F151" t="s">
+        <v>83</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="E151" t="s">
+      <c r="H151" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>467</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>193</v>
+      </c>
+      <c r="D152" t="s">
+        <v>369</v>
+      </c>
+      <c r="E152" t="s">
+        <v>370</v>
+      </c>
+      <c r="F152" t="s">
+        <v>83</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H152" t="s">
         <v>469</v>
-      </c>
-[...19 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>470</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>196</v>
+      </c>
+      <c r="D153" t="s">
+        <v>369</v>
+      </c>
+      <c r="E153" t="s">
+        <v>370</v>
+      </c>
+      <c r="F153" t="s">
+        <v>83</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H153" t="s">
         <v>472</v>
-      </c>
-[...19 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>473</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>199</v>
+      </c>
+      <c r="D154" t="s">
+        <v>369</v>
+      </c>
+      <c r="E154" t="s">
+        <v>370</v>
+      </c>
+      <c r="F154" t="s">
+        <v>83</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H154" t="s">
         <v>475</v>
-      </c>
-[...16 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>476</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>202</v>
+      </c>
+      <c r="D155" t="s">
+        <v>369</v>
+      </c>
+      <c r="E155" t="s">
+        <v>370</v>
+      </c>
+      <c r="F155" t="s">
+        <v>83</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B155" t="s">
-[...11 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>479</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" t="s">
         <v>480</v>
       </c>
-      <c r="B156" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" t="s">
-        <v>466</v>
+        <v>481</v>
+      </c>
+      <c r="F156" t="s">
+        <v>482</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H156" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>484</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>16</v>
+      </c>
+      <c r="D157" t="s">
+        <v>480</v>
+      </c>
+      <c r="E157" t="s">
+        <v>481</v>
+      </c>
+      <c r="F157" t="s">
         <v>482</v>
       </c>
-      <c r="B157" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G157" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H157" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D158" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E158" t="s">
-        <v>466</v>
+        <v>481</v>
+      </c>
+      <c r="F158" t="s">
+        <v>482</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>75</v>
+        <v>488</v>
       </c>
       <c r="H158" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D159" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E159" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>488</v>
+        <v>75</v>
       </c>
       <c r="H159" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="D160" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E160" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>75</v>
+        <v>493</v>
       </c>
       <c r="H160" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="D161" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E161" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>493</v>
+        <v>75</v>
       </c>
       <c r="H161" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="D162" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E162" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H162" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="D163" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E163" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>499</v>
+        <v>75</v>
       </c>
       <c r="H163" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="D164" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E164" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>75</v>
+        <v>503</v>
       </c>
       <c r="H164" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D165" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="E165" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H165" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D166" t="s">
-        <v>506</v>
+        <v>480</v>
       </c>
       <c r="E166" t="s">
-        <v>507</v>
+        <v>481</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>508</v>
       </c>
       <c r="H166" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>510</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D167" t="s">
-        <v>506</v>
+        <v>480</v>
       </c>
       <c r="E167" t="s">
-        <v>507</v>
+        <v>481</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>75</v>
+        <v>511</v>
       </c>
       <c r="H167" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="D168" t="s">
-        <v>506</v>
+        <v>480</v>
       </c>
       <c r="E168" t="s">
-        <v>507</v>
+        <v>481</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H168" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="D169" t="s">
-        <v>506</v>
+        <v>480</v>
       </c>
       <c r="E169" t="s">
-        <v>507</v>
+        <v>481</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>516</v>
+        <v>75</v>
       </c>
       <c r="H169" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>518</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="D170" t="s">
-        <v>506</v>
+        <v>480</v>
       </c>
       <c r="E170" t="s">
-        <v>507</v>
+        <v>481</v>
       </c>
       <c r="G170" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H170" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>520</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>55</v>
+      </c>
+      <c r="D171" t="s">
+        <v>480</v>
+      </c>
+      <c r="E171" t="s">
+        <v>481</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H171" t="s">
         <v>521</v>
-      </c>
-[...16 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>522</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>58</v>
+      </c>
+      <c r="D172" t="s">
+        <v>480</v>
+      </c>
+      <c r="E172" t="s">
+        <v>481</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B172" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H172" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>524</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="D173" t="s">
+        <v>480</v>
+      </c>
+      <c r="E173" t="s">
+        <v>481</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="E173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H173" t="s">
-        <v>491</v>
+        <v>521</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D174" t="s">
-        <v>529</v>
+        <v>480</v>
       </c>
       <c r="E174" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H174" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="D175" t="s">
-        <v>529</v>
+        <v>480</v>
       </c>
       <c r="E175" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="H175" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D176" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E176" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="H176" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D177" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E177" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>539</v>
+        <v>75</v>
       </c>
       <c r="H177" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D178" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E178" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="H178" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D179" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E179" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="H179" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D180" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E180" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="H180" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D181" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E181" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="H181" t="s">
-        <v>552</v>
+        <v>517</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D182" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E182" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>554</v>
+        <v>75</v>
       </c>
       <c r="H182" t="s">
-        <v>555</v>
+        <v>519</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D183" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E183" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="H183" t="s">
-        <v>558</v>
+        <v>521</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D184" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E184" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="H184" t="s">
-        <v>561</v>
+        <v>521</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D185" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E185" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="H185" t="s">
-        <v>564</v>
+        <v>521</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D186" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E186" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="H186" t="s">
-        <v>567</v>
+        <v>521</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D187" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E187" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="H187" t="s">
-        <v>570</v>
+        <v>521</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="D188" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="E188" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>560</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="H188" t="s">
-        <v>573</v>
+        <v>506</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D189" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="E189" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>560</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H189" t="s">
-        <v>576</v>
+        <v>521</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>577</v>
+        <v>564</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D190" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="E190" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>560</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="H190" t="s">
-        <v>579</v>
+        <v>521</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="D191" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="E191" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>560</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>581</v>
+        <v>75</v>
       </c>
       <c r="H191" t="s">
-        <v>582</v>
+        <v>521</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>583</v>
+        <v>567</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="D192" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="E192" t="s">
-        <v>530</v>
+        <v>569</v>
       </c>
       <c r="F192" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>584</v>
+        <v>75</v>
       </c>
       <c r="H192" t="s">
-        <v>585</v>
+        <v>570</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>586</v>
+        <v>571</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D193" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="E193" t="s">
-        <v>530</v>
+        <v>569</v>
+      </c>
+      <c r="F193" t="s">
+        <v>482</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>587</v>
+        <v>572</v>
       </c>
       <c r="H193" t="s">
-        <v>588</v>
+        <v>573</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>589</v>
+        <v>574</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="E194" t="s">
-        <v>530</v>
+        <v>569</v>
+      </c>
+      <c r="F194" t="s">
+        <v>482</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>590</v>
+        <v>575</v>
       </c>
       <c r="H194" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>591</v>
+        <v>577</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="D195" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="E195" t="s">
-        <v>530</v>
+        <v>569</v>
+      </c>
+      <c r="F195" t="s">
+        <v>482</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>592</v>
+        <v>578</v>
       </c>
       <c r="H195" t="s">
-        <v>509</v>
+        <v>579</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>593</v>
+        <v>580</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="D196" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="E196" t="s">
-        <v>530</v>
+        <v>569</v>
+      </c>
+      <c r="F196" t="s">
+        <v>482</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="H196" t="s">
-        <v>509</v>
+        <v>582</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>583</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>25</v>
+      </c>
+      <c r="D197" t="s">
+        <v>568</v>
+      </c>
+      <c r="E197" t="s">
+        <v>569</v>
+      </c>
+      <c r="F197" t="s">
+        <v>482</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H197" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>586</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>28</v>
+      </c>
+      <c r="D198" t="s">
+        <v>568</v>
+      </c>
+      <c r="E198" t="s">
+        <v>569</v>
+      </c>
+      <c r="F198" t="s">
+        <v>482</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H198" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>589</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>31</v>
+      </c>
+      <c r="D199" t="s">
+        <v>568</v>
+      </c>
+      <c r="E199" t="s">
+        <v>569</v>
+      </c>
+      <c r="F199" t="s">
+        <v>482</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H199" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>592</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>34</v>
+      </c>
+      <c r="D200" t="s">
+        <v>568</v>
+      </c>
+      <c r="E200" t="s">
+        <v>569</v>
+      </c>
+      <c r="F200" t="s">
+        <v>482</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H200" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
         <v>595</v>
       </c>
-      <c r="B197" t="s">
-[...2 lines deleted...]
-      <c r="C197" t="s">
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>37</v>
+      </c>
+      <c r="D201" t="s">
+        <v>568</v>
+      </c>
+      <c r="E201" t="s">
+        <v>569</v>
+      </c>
+      <c r="F201" t="s">
+        <v>482</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H201" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>40</v>
+      </c>
+      <c r="D202" t="s">
+        <v>568</v>
+      </c>
+      <c r="E202" t="s">
+        <v>569</v>
+      </c>
+      <c r="F202" t="s">
+        <v>482</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H202" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>43</v>
+      </c>
+      <c r="D203" t="s">
+        <v>568</v>
+      </c>
+      <c r="E203" t="s">
+        <v>569</v>
+      </c>
+      <c r="F203" t="s">
+        <v>482</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H203" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>46</v>
+      </c>
+      <c r="D204" t="s">
+        <v>568</v>
+      </c>
+      <c r="E204" t="s">
+        <v>569</v>
+      </c>
+      <c r="F204" t="s">
+        <v>482</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H204" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>49</v>
+      </c>
+      <c r="D205" t="s">
+        <v>568</v>
+      </c>
+      <c r="E205" t="s">
+        <v>569</v>
+      </c>
+      <c r="F205" t="s">
+        <v>482</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H205" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>52</v>
+      </c>
+      <c r="D206" t="s">
+        <v>568</v>
+      </c>
+      <c r="E206" t="s">
+        <v>569</v>
+      </c>
+      <c r="F206" t="s">
+        <v>482</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H206" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>55</v>
+      </c>
+      <c r="D207" t="s">
+        <v>568</v>
+      </c>
+      <c r="E207" t="s">
+        <v>569</v>
+      </c>
+      <c r="F207" t="s">
+        <v>482</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H207" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>58</v>
+      </c>
+      <c r="D208" t="s">
+        <v>568</v>
+      </c>
+      <c r="E208" t="s">
+        <v>569</v>
+      </c>
+      <c r="F208" t="s">
+        <v>482</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H208" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>62</v>
+      </c>
+      <c r="D209" t="s">
+        <v>568</v>
+      </c>
+      <c r="E209" t="s">
+        <v>569</v>
+      </c>
+      <c r="F209" t="s">
+        <v>482</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H209" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>622</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>65</v>
+      </c>
+      <c r="D210" t="s">
+        <v>568</v>
+      </c>
+      <c r="E210" t="s">
+        <v>569</v>
+      </c>
+      <c r="F210" t="s">
+        <v>482</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H210" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>625</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>68</v>
+      </c>
+      <c r="D211" t="s">
+        <v>568</v>
+      </c>
+      <c r="E211" t="s">
+        <v>569</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H211" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>628</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>71</v>
+      </c>
+      <c r="D212" t="s">
+        <v>568</v>
+      </c>
+      <c r="E212" t="s">
+        <v>569</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H212" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>630</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>78</v>
+      </c>
+      <c r="D213" t="s">
+        <v>568</v>
+      </c>
+      <c r="E213" t="s">
+        <v>569</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H213" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>632</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>82</v>
+      </c>
+      <c r="D214" t="s">
+        <v>568</v>
+      </c>
+      <c r="E214" t="s">
+        <v>569</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H214" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>634</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
         <v>87</v>
       </c>
-      <c r="D197" t="s">
-[...9 lines deleted...]
-        <v>597</v>
+      <c r="D215" t="s">
+        <v>568</v>
+      </c>
+      <c r="E215" t="s">
+        <v>569</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H215" t="s">
+        <v>521</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7856,50 +8399,68 @@
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>