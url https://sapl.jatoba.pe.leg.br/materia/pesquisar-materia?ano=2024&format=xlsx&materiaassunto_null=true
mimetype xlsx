--- v0 (2025-12-20)
+++ v1 (2026-03-26)
@@ -54,322 +54,322 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_no001-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_no001-2024.pdf</t>
   </si>
   <si>
     <t>Atualiza a nova Estrutura Administrativa da Câmara Municipal de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rogério Ferreira Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_no002-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_no002-2024.pdf</t>
   </si>
   <si>
     <t>Promove reajuste salarial do Magistério no município de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_no003-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_no003-2024.pdf</t>
   </si>
   <si>
     <t>Altera os salários dos servidores Municipais, adequando-os ao novo Salário Mínimo de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_004_de_2024_-_subsidio_prefeito_vice-prefeito_secretarios_municipais.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_004_de_2024_-_subsidio_prefeito_vice-prefeito_secretarios_municipais.docx</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários do Município de Jatobá/PE, para a legislatura 2025/2028, e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_no006-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_no006-2024.pdf</t>
   </si>
   <si>
     <t>Institui as gratificações dos agentes públicos que desempenham funções nos procedimentos de contratação pública regidos pela Lei Federal n' 14.133 e Lei Municio 541/2023, no âmbito da administração direta, dos fundos das fundações e das autarquias.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_no007-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_no007-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE JOVEM APRENDIZ NO AMBITO DO PODER EXECUTIVO MUNICIPAL DE JATOBÁ/PE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_no008-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_no008-2024.pdf</t>
   </si>
   <si>
     <t>Altera a lei 554/2023 que instituiu o Sistema Municipal de Cultura de Jatobá/PE SMC, cria o Conselho Municipal de Política Cultural CMPC, e criou o Fundo Municipal de Cultura - FMC e estabeleceu Diretrizes para Políticas Públicas de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Projeteo de Lei</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_no010-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_no010-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial ao orçamento anual de 2024, para utilização dos recursos oriundos da Lei federal n° 14.399, de 8 de julho de 2022, que Institui a Política Nacional Aldir Blanc de Fomento à Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_no011-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_no011-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_no012-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_no012-2024.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Segurança Alimentar e Nutricional - COMSEA, do município de Jatobá — PE, e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_no013-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_no013-2024.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Jatobá Estado de Pernambuco do Sistema Nacional de Segurança Alimentar, define os parâmetros para _x000D_
 elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MARDÔNIO TOLENTINO VARJÃO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_014_de_2024_-_denomina_nome_dos_ambulatorios.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_014_de_2024_-_denomina_nome_dos_ambulatorios.docx</t>
   </si>
   <si>
     <t>Denomina nome da Unidade de Saúde do Hospital de Itaparica – Jatobá – PE e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_no015-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_no015-2024.pdf</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_no016-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_no016-2024.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_017_de_2024_-_ldo_2025_jatoba.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_017_de_2024_-_ldo_2025_jatoba.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes Orçamentárias para o Exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_no018-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_no018-2024.pdf</t>
   </si>
   <si>
     <t>Altera a lei 574/2024 que criou os componentes do Município de Jatobá Estado de Pernambuco do Sistema Nacional de Segurança Alimentar, definiu os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e deu outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_no019-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_no019-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão de Sindicância e Processo Administrativo Disciplinar da Saúde no município de Jatobá - PE visando a celeridade dos processos administrativos da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_no022-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_no022-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_023_de_2024_-_loa_2025-jatoba.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_023_de_2024_-_loa_2025-jatoba.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Comunitária do Pequenos Produtores Rurais Indígenas da Aldeia Bem Querer de Baixo e Entorno - Jatobá - PE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>27</t>
   </si>
@@ -385,2217 +385,2217 @@
   <si>
     <t>Regulamenta no âmbito Municipal de Jatobá-PE, a aplicação da Lei Federal nº 13.019, de 31 de julho de 2014, alterada pela Lei 13.204, de 14 de dezembro de 2015, que trata sobre o regime jurídico das parcerias entre a administração pública e as Organizações da Sociedade Civil (OSC), em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividades ou de projetos previamente estabelecidos em planos de trabalho inseridos em termos de colaboração, em termos de fomento ou em acordos de cooperação, define diretrizes para a política de fomento, de colaboração e de cooperação com organização da sociedade civil.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_decreto_legislativo_001_de_2024-_prestacao_de_contas_de_2021__pmj_-_copia.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_decreto_legislativo_001_de_2024-_prestacao_de_contas_de_2021__pmj_-_copia.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 Projeto de Decreto Legislativo Nº 001/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Dispõe sobre o julgamento das Contas do Poder Executivo Municipal, referente ao exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/projet2.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/projet2.doc</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 Projeto de Decreto Legislativo No 003/2024._x000D_
 _x000D_
 _x000D_
 EMENTA: Acata a Mensagem de Veto nº 001 ao § 1º do ar-tigo 1º do Projeto de Lei Nº 006/2024, e dá outras provi-dências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/projet3.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/projet3.doc</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 Projeto de Decreto Legislativo No 004/2024._x000D_
 _x000D_
 _x000D_
 EMENTA: Acata a Mensagem de Veto a Emenda Modificati-va 001 do Projeto de Lei Nº 007/2024, e dá outras provi-dências.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/projeto_de_decreto_legislativo_005-2024-_protecao_de_dados.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/projeto_de_decreto_legislativo_005-2024-_protecao_de_dados.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo n° 005/2024._x000D_
 _x000D_
 Ementa: Dispõe sobre a aplicação da Lei federal nº 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados Pessoais - LGPD), no âmbito da Câmara Municipal de Jatobá/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/projeto_de_decreto_legislativo_006_de_2024_-_dorilandia_-titulo_de_cidadao_jerson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/projeto_de_decreto_legislativo_006_de_2024_-_dorilandia_-titulo_de_cidadao_jerson.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 006/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Jerson Ubiratan da Silva Barros e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>MAYÊNIO TAILLON</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/projeto_de_decreto_legislativo_007_de_2024_-_mayenio_-titulo_de_cidadao_antonio_marcos.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/projeto_de_decreto_legislativo_007_de_2024_-_mayenio_-titulo_de_cidadao_antonio_marcos.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 007/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Antônio Marcos Gomes Lisboa e dá outras providências.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_decreto_legislativo_008_de_2024_-_nilson_-_titulo_de_cidadao_murilo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_decreto_legislativo_008_de_2024_-_nilson_-_titulo_de_cidadao_murilo.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 008/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Murilo Jorge Farias Barbosa e dá outras providências.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_decreto_legislativo_009_de_2024_-_toinho_-titulo_de_cidada_danielle.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_decreto_legislativo_009_de_2024_-_toinho_-titulo_de_cidada_danielle.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 009/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense a Senhora Danielle Cavalcante Silva e dá outras providências.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>EUDES DE ALBUQUERQUE PEREIRA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_decreto_legislativo_010_de_2024_-eudes-_titulo_de_cidada_izabel.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_decreto_legislativo_010_de_2024_-eudes-_titulo_de_cidada_izabel.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 010/2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Maria Isabel dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Cancelado</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>NILSON OLIVEIRA COSTA, EUDES DE ALBUQUERQUE PEREIRA JÚNIOR, JAÍLTON PEREIRA DA SILVA, MAYÊNIO TAILLON</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/requerimento_002_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/requerimento_002_de_2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°002/2024_x000D_
 Exmos. Vereadores._x000D_
 Requeremos ao Plenário, cumpridas ás formalidades regimentais, conforme disposto no inciso I do Art. 175 do Regimento Interno desta casa_x000D_
 legislativa, a tramitação em regime de urgência especial, para as proposições abaixo relacionados:</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>MAYÊNIO TAILLON, DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, NIVALDO JÚNIOR, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/requerimento_003_de_2024_-_transporte_universitario.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/requerimento_003_de_2024_-_transporte_universitario.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 03/2024  _x000D_
        _x000D_
 REQUERER A INCLUSÃO DO PROJETO DE LEI  N° 005/2024 NA PAUTA DA PRÓXIMA SESSÃO COM CARATÉR DE URGÊNCIA, DEVIDO A RELEVÂNCIA DOS ASSUNTOS CONTIDOS NO REFERIDO PROJETO.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, NIVALDO JÚNIOR, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_004_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_004_de_2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N" 04/2024_x000D_
 REQUERER QUE O PROJETO DE DECRETO LEGISLATIVO N° 15/2023 ENTRE EM REGIME DE URGÊNCIA ESPECIAL.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>NIVALDO JÚNIOR, DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento_005_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento_005_de_2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°05/2024_x000D_
 Os Vereadores abaixo assinado, nos termos do Regimento Interno desta Casa de Leis, vem requerer à Mesa Diretora que se oficie o Prefeito Municipal, para que informe e encaminhe à esta Casa de Leis, o seguinte:</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>MAYÊNIO TAILLON, DORILÂNDIA ALVES, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/requerimento_006_de_2024_-alugues_de_imoveis.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/requerimento_006_de_2024_-alugues_de_imoveis.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 06/2024 _x000D_
        _x000D_
 REQUERER INFORMAÇÕES SOBRE OS IMÓVEIS ALUGADOS PELA PREFEITURA MUNICIPAL DE JATOBÁ-PE.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_007_de_2024_-_funcionario_e_impresas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_007_de_2024_-_funcionario_e_impresas.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 07/2024  _x000D_
        _x000D_
 REQUERER INFORMAÇÕES SOBRE O NÚMERO DE FUNCIONÁRIOS E EMPRESAS CONTRATADA PELO O PODER EXECUTIVO MUNICIPAL EM JATOBÁ-PE.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>MARDÔNIO TOLENTINO VARJÃO, MAYÊNIO TAILLON, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_008_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_008_de_2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 08/2024_x000D_
 REQUERER QUE A DISCURSSÃO E VOTAÇÃO DO PROJETO DE DECRETO LEGISLATIVO N° 004/2024 SEJAM ADIADAS.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>MAYÊNIO TAILLON, DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_009_de_2024_-_solicitacao_de_extrato_atualizado_da_conta_bancaria_do_fundef.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_009_de_2024_-_solicitacao_de_extrato_atualizado_da_conta_bancaria_do_fundef.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 009/2024  _x000D_
        _x000D_
 REQUERER A SOLICITAÇÃO DE EXTRATO ATUALIZADO DAS CONTAS BANCARIA EM QUE FORAM DEPOSITADOS OS RECURSOS PROVENIENTES DO PRECATÓRIO DO FUNDEF.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_010_de_2024_-_informacao_sobre_emenda_parlamenmtar_de_tulio_gadelha.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_010_de_2024_-_informacao_sobre_emenda_parlamenmtar_de_tulio_gadelha.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE PEDIDO DE INFORMAÇÃO Nº 010/2024  _x000D_
        _x000D_
 REQUERER A SOLICITAÇÃO DE INFORMAÇÕES SOBRE EMENDA IMPOSITIVA DE BANCADA DESTINADA PELO O DEPUTADO FEDERAL TÚLIO GADELHA PARA CUSTEIO DA SAÚDE EM JATOBÁ-PE NO ANO DE 2023</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_001_de_2024-_cobertura_da_quadra_da_escola_municipal_de_jatoba-pe.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_001_de_2024-_cobertura_da_quadra_da_escola_municipal_de_jatoba-pe.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que feito a cobertura da Quadra de Esporte da Escola Municipal de Jatobá em Jatobá-PE.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_002_de_2024-_cobertura_da_quadra_da_escola_municipal_maria_quiteria_-_volta_do_moxoto.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_002_de_2024-_cobertura_da_quadra_da_escola_municipal_maria_quiteria_-_volta_do_moxoto.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que feito/realizado reforma na Quadra de Esportes da Aldeia Caldeirão localizada na Zona Rural do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/279/indicacao_003_de_2024_-_dorilandia_-_seguranca_academia_das_cidades.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/279/indicacao_003_de_2024_-_dorilandia_-_seguranca_academia_das_cidades.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a Instalação de Câmeras de Segurança na Academia das Cidades e solicitação da presença de Um Guarda Municipal.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/280/indicacao_004_de_2024_-_dorilandia_fardamento.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/280/indicacao_004_de_2024_-_dorilandia_fardamento.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a aquisição de Fardamento adequado para os Guardas Municipais da cidade de Jatobá-PE.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/281/indicacao_005_de_2024_-_mayenio_-_pavimentacao_centro_sitio_caldeirao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/281/indicacao_005_de_2024_-_mayenio_-_pavimentacao_centro_sitio_caldeirao.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado construção do Calçamento/Pavimentação no centro da comunidade Aldeia Caldeirão nos arredores da quadra de esporte, igreja e escola José Luciano no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_006_de_2024_-_mayenio_-_reforma_e_ampliacao_no_psf_das_comunidades_fazenda_grande_e_malhada_grande._-_copia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_006_de_2024_-_mayenio_-_reforma_e_ampliacao_no_psf_das_comunidades_fazenda_grande_e_malhada_grande._-_copia.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que realizado uma reforma e ampliação no PSF das comunidades Fazenda Grande e Malhada Grande em Jatobá-PE.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_007_de_2024_-_eudes_-_curral_do_gado.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_007_de_2024_-_eudes_-_curral_do_gado.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado uma área, próxima a “feira livre”, apropriada para comercialização de animais, com nome popular de Curral do Gado, para que nossos criadores possam realizar negócios nos dias da feira livre.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_008_de_2024_-_toinho.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_008_de_2024_-_toinho.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário,atendida as formalidades regimentais, que seja feita ampliação da unidade das clínicas médicas no hospital de Itaparica no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_009_de_2024_-_mardonio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_009_de_2024_-_mardonio.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário,atendida as formalidades regimentais, que seja implantado no municipio gratuitamente para as gestantes o exame de ultrasom mofológico.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_010_de_2024_-_mardonio_-.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_010_de_2024_-_mardonio_-.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja implantado no nosso município escolinhas esportivas de varias modalidades.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_011_de_2024-_mayenio_-_reforma_e_ampliacao_no_psf_da_comunidades_barra_do_moxoto_1.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_011_de_2024-_mayenio_-_reforma_e_ampliacao_no_psf_da_comunidades_barra_do_moxoto_1.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizada uma reforma e ampliação no PSF da comunidade Barra do Moxotó em Jatobá-PE.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_012_de_2024_-_mayenio_-casa_das_artes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_012_de_2024_-_mayenio_-casa_das_artes.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja construído uma casa das Artes em Jatobá-PE.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_013_de_2024_-_toinho.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_013_de_2024_-_toinho.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário,atendida as formalidades regimentais, que seja construido uma praça incluindo uma academia na entrada do bairro Itaparica, no municipío de Jatobá-PE.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_014_de_2024_-_dorilandia_enem.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_014_de_2024_-_dorilandia_enem.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a implementação de um Curso Preparatório para o ENEM no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_015_de_2024_-_mayenio_-_reforma_no_posto_da_aldeia_caldeirao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_015_de_2024_-_mayenio_-_reforma_no_posto_da_aldeia_caldeirao.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado reforma no posto de Saúde da Aldeia Caldeirão em Jatobá-PE.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_016_de_2024_-_eudes.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_016_de_2024_-_eudes.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciada a revitalização da Quadra Poliesportiva, localizada no Sítio Camaratu, zona rural de Jatobá — PE.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/293/indica3.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/293/indica3.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado trabalho de Saneamento Básico  na Av. Salgueiro nas Ruas: Belo Jardim, Aguas Belas, Limoeiro, Buíque, Floresta, Inajá, Bom Jardim, Timbaúba, Aliança, Serrita Escada e Igarassu em Jatobá-PE.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_018_de_2024_-_mayenio_-_pavimentacao_da_avenida_salgueiro.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_018_de_2024_-_mayenio_-_pavimentacao_da_avenida_salgueiro.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado trabalho de Pavimentação na Av. Salgueiro da Rua Araripina, em Jatobá-PE.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/295/indicacao_019_de_2024_-_mayenio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/295/indicacao_019_de_2024_-_mayenio.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado uma reforma no prédio da Prefeitura Municipal de Jatobá em Jatobá-PE.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_020_de_2024_-_toinho_-_redutor_de_velocidade.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_020_de_2024_-_toinho_-_redutor_de_velocidade.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, a implantação de Redutores de velocidade no acesso da Volta do Moxotó, no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/297/indicacao_021_de_2024_-_mayenio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/297/indicacao_021_de_2024_-_mayenio.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado a construção de uma Pista de Skete, em Jatobá-PE.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/298/indicacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/298/indicacao.docx</t>
   </si>
   <si>
     <t>Indicação anulada</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_023_de_2024_-_dorilandia.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_023_de_2024_-_dorilandia.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a Compra de Microfone e Caixa de Som para a Igreja Nossa Senhora Aparecida — Jatobá-PE.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_024_de_2024_-_mayenio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_024_de_2024_-_mayenio.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado a ampliação da Praça na Aldeia Tapera — Jatobá-PE - juntamente a construção de uma Academia das Cidades.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/301/indicacao_025_de_2024_-_mayenio.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/301/indicacao_025_de_2024_-_mayenio.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado a recuperação/concerto dos carros e tratores que se encontram sem funcionamento no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/302/indicacao_026_de_2024_-_dorilandia_-_faixa_de_pedestres.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/302/indicacao_026_de_2024_-_dorilandia_-_faixa_de_pedestres.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a Instalação de Faixa de Pedestres na Avenida Olinda, Jatobá-PE.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>AMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1231/emenda_modoficativa_001_-_projeto_de_emenda_modificativa_no_001_a_ldo-2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1231/emenda_modoficativa_001_-_projeto_de_emenda_modificativa_no_001_a_ldo-2025.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2024 AO PROJETO DE LEI Nº 017/2024_x000D_
 _x000D_
 Art. 1º - Modifique-se em sua integralidade a redação do Art. 42 do Projeto de Lei nº 017/2024 (Lei de Diretrizes Orçamentárias para 2025), dando-se ao mesmo a seguinte redação:</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/702/emenda_parlamentar_impositiva_001_de_2024-nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/702/emenda_parlamentar_impositiva_001_de_2024-nilson.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de equipamentos e mobília para o posto de saúde do Distrito de Volta do Moxotó - Jatobá-PE.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/703/emenda_parlamentar_impositiva_002_de_2024-nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/703/emenda_parlamentar_impositiva_002_de_2024-nilson.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na construção e instalação de 02 (dois) poços artesianos na comunidade indígena Saco dos Barros, no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/704/emenda_parlamentar_impositiva_003_de_2024-nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/704/emenda_parlamentar_impositiva_003_de_2024-nilson.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na construção e instalação de 01 (um) poço artesiano na comunidade indígena Bem-Querer de Cima, no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/705/emenda_parlamentar_impositiva_004_de_2024-_mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/705/emenda_parlamentar_impositiva_004_de_2024-_mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de equipamentos para a sala de fisioterapia e jogos/brinquedos, para os demais atendimentos realizados no Espaço Terapêutico Jardim de Todas as Flores - Jatobá-PE.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/706/emenda_parlamentar_impositiva_005_de_2024-_mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/706/emenda_parlamentar_impositiva_005_de_2024-_mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Construção do Espaço de Recreação da Aldeia Opará - Jatobá-PE.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/707/emenda_parlamentar_impositiva_006_de_2024-_mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/707/emenda_parlamentar_impositiva_006_de_2024-_mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de canos de PVC para rede d´água da Aldeia Tapera – Jatobá-PE.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES, NIVALDO JÚNIOR, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/708/emenda_parlamentar_impositiva_007_de_2024-_dorilandia_eder_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/708/emenda_parlamentar_impositiva_007_de_2024-_dorilandia_eder_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Aquisição de materiais para a cozinha do Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/709/emenda_parlamentar_impositiva_008_de_2024-_dorilandia_eder_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/709/emenda_parlamentar_impositiva_008_de_2024-_dorilandia_eder_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na reforma do refeitório do Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/710/emenda_parlamentar_impositiva_009_de_2024-_dorilandia_eder_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/710/emenda_parlamentar_impositiva_009_de_2024-_dorilandia_eder_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na requalificação do Posto de Saúde do Caldeirão – Zona Rural - Jatobá-PE.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/711/emenda_parlamentar_impositiva_010_de_2024-_dorilandia_eder_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/711/emenda_parlamentar_impositiva_010_de_2024-_dorilandia_eder_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Construção de uma praça na comunidade Nova Terra, município de Jatobá-PE.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>NIVALDO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/712/emenda_parlamentar_impositiva_011_de_2024-_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/712/emenda_parlamentar_impositiva_011_de_2024-_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de um kit pracinha de brinquedos infantis (Playgroud multibrinquedos coloridos) com estrutura em madeira plástica, a ser instalado próximo a escola da comunidade indígena Pankararu Opará, Zona Rural, município de Jatobá-PE.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/713/emenda_parlamentar_impositiva_012_de_2024-_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/713/emenda_parlamentar_impositiva_012_de_2024-_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de um kit pracinha de brinquedos infantis (Playgroud multibrinquedos coloridos) com estrutura em madeira plástica, a ser instalado próximo a escola da comunidade indígena Carira, Zona Rural, município de Jatobá-PE.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/714/emenda_parlamentar_impositiva_013_de_2024-_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/714/emenda_parlamentar_impositiva_013_de_2024-_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de 01 (um) Motocultivador a diesel, 11hp, partida elétrica, com roda, enxada rotativa e arado aiveca a ser doado para a Associação Agropecuária Nova Terra, CNPJ 05.413.929/0001-66, da Comunidade Nova Terra, Zona Rural – Jatobá – PE.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/715/emenda_parlamentar_impositiva_014_de_2024-_nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/715/emenda_parlamentar_impositiva_014_de_2024-_nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de 01 (um) Motocultivador a diesel, 11hp, partida elétrica, com roda, enxada rotativa e arado aiveca a ser doado para a Associação Comunitária dos Pequenos Produtores Rurais Indígenas da Aldeia Bem Querer de Baixo e Entorno, CNPJ 52.734.146/0001-64, da Comunidade Indígena de Bem Querer de Baixo, Zona Rural – Jatobá – PE.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/716/emenda_parlamentar_impositiva_015_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/716/emenda_parlamentar_impositiva_015_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/717/emenda_parlamentar_impositiva_016_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/717/emenda_parlamentar_impositiva_016_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na compra de lenções e roupões para atender as necessidades do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/718/emenda_parlamentar_impositiva_017_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/718/emenda_parlamentar_impositiva_017_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de 05 (cinco) Cadeiras de Roda, 05 (cinco) cadeiras de banho, 02 (dois) Pares de Moletas e 02 (dois) Andadores para atender as necessidades do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/719/emenda_parlamentar_impositiva_018_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/719/emenda_parlamentar_impositiva_018_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de equipamentos e materiais de uso nos setores e triagem pronto socorro: oxímetros de pulso, oxímetro com monitor de parâmetros vitais, esfigmomanômetros (aferidor de pressão arterial), termômetros, glicosímetros, detector de batimentos cardíacos fetal, lancetas para HGT, garrote com clamp, entre outros, para atender as necessidades do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/720/emenda_parlamentar_impositiva_019_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/720/emenda_parlamentar_impositiva_019_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de mobília, birôs, mesas/escrivaninhas, cadeiras e armários, conforme a necessidade, para suprir o setor de farmácia básica municipal e farmácia interna do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/721/emenda_parlamentar_impositiva_020_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/721/emenda_parlamentar_impositiva_020_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de lâmpadas de lede para substituição / reposição das lâmpadas dos postes das comunidades da zona rural do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_parlamentar_impositiva_021_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_parlamentar_impositiva_021_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de gêneros alimentícios, material de higiene, material de limpeza para suprir com as necessidades da Casa do Idoso do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_parlamentar_impositiva_022_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_parlamentar_impositiva_022_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Festa de São Gonçalo.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/724/emenda_parlamentar_impositiva_023_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/724/emenda_parlamentar_impositiva_023_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Sábado de Aleluia.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/725/emenda_parlamentar_impositiva_024_de_2024-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/725/emenda_parlamentar_impositiva_024_de_2024-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Corrida do Umbú, suprindo as necessidades dos terreiros do nascente e poente.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/726/emenda_parlamentar_impositiva_025_de_2024-_mardonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/726/emenda_parlamentar_impositiva_025_de_2024-_mardonio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na construção de 01 (uma) Praça com Academia da Saúde, no alojamento do Nível 05 – Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/727/emenda_parlamentar_impositiva_026_de_2024-_mardonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/727/emenda_parlamentar_impositiva_026_de_2024-_mardonio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na construção de 01 (um) Campo de Futebol de Areia com alambrado, no alojamento do Nível 05 – Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/728/emenda_parlamentar_impositiva_027_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/728/emenda_parlamentar_impositiva_027_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de equipamentos para o centro cirúrgico do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/729/emenda_parlamentar_impositiva_028_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/729/emenda_parlamentar_impositiva_028_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de canos de 50 mm para a Aldeia Carira em Jatobá-PE.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/730/emenda_parlamentar_impositiva_029_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/730/emenda_parlamentar_impositiva_029_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na compra de 01 (uma) bomba palito de 2cv para o povoado Saco dos Barros – Jatobá – PE.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/731/emenda_parlamentar_impositiva_030_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/731/emenda_parlamentar_impositiva_030_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de lanches, materiais, aluguel de decoração, publicidade em moto som, panfletos, para o Programa Olhar para as Diferenças do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/732/emenda_parlamentar_impositiva_031_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/732/emenda_parlamentar_impositiva_031_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na transferência de recursos financeiros para a Associação Pó de Serra no Bairro de Itaparica – Jatobá-PE.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/733/emenda_parlamentar_impositiva_032_de_2024-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/733/emenda_parlamentar_impositiva_032_de_2024-_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de medicamentos para a Farmácia Básica do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/734/emenda_parlamentar_impositiva_033_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/734/emenda_parlamentar_impositiva_033_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/735/emenda_parlamentar_impositiva_034_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/735/emenda_parlamentar_impositiva_034_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de equipamentos para a Sala de Obstetrícia do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/736/emenda_parlamentar_impositiva_035_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/736/emenda_parlamentar_impositiva_035_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de equipamentos e mobília para as Unidades Básicas de Saúde do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/737/emenda_parlamentar_impositiva_036_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/737/emenda_parlamentar_impositiva_036_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na construção de passagem molhada na comunidade Logradouro, Zona Rural – Jatobá - PE.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_parlamentar_impositiva_037_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_parlamentar_impositiva_037_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na reforma da Quadra Poliesportiva da comunidade Santa Rita, Zona Rural – Jatobá - PE.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_parlamentar_impositiva_038_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_parlamentar_impositiva_038_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de Material Pedagógico para a Sala de Atendimento Educacional Especializado (AEE), das Escolas Municipais de Jatobá-PE.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/740/emenda_parlamentar_impositiva_039_de_2024-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/740/emenda_parlamentar_impositiva_039_de_2024-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de material didático/pedagógico para as atividades do Programa Olhar para as Diferenças do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>PACJR</t>
   </si>
   <si>
     <t>Parecer C. C. Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/parecer__001_de_2024_-_projeto_de_lei__34_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/parecer__001_de_2024_-_projeto_de_lei__34_de_2023.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 001 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 034/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Atribui nome de “VIA VEREADOR JOÃO DE ZÉU” a estrada municipal que liga a BR 110 ao Distrito de Volta do Moxotó, localizada no município de Jatobá/PE, e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/parecer__002_de_2024_-_projeto_de_lei_35_de_2024_1.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/parecer__002_de_2024_-_projeto_de_lei_35_de_2024_1.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 002 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 035/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Dá nome a Praça do Município de Jatobá-PE e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/parecer__003_de_2024_-_projeto_de_lei_44_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/parecer__003_de_2024_-_projeto_de_lei_44_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 003 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 044/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Dá nome a Praça a Praça localizada na Comunidade Camaratu de “Praça Francisco Nogueira Barros”, Zona Rural do Município de Jatobá – PE e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/parecer__004_de_2024_-_projeto_de_lei_45_de_2024_3.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/parecer__004_de_2024_-_projeto_de_lei_45_de_2024_3.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 004 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 045/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Atribui nomenclatura a casa das artes de Jatobá e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/parecer__005_de_2024_-_projeto_de_decreto_15_de_2024_4.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/parecer__005_de_2024_-_projeto_de_decreto_15_de_2024_4.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 005 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 015/2023. (2)_x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Susta integralmente a aplicação e os efeitos do Decreto de Nº 043/2023, de 20 de outubro de 2023, por extrapolarem o Poder Regulamentar do Executivo Municipal._x000D_
 _x000D_
 _x000D_
                     Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, exaro parecer Desfavorável ao Projeto de Decreto Legislativo Nº 015/2023 (2), deixando o mérito a ser discutido em plenário.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/parecer__006_de_2024_-_projeto_de_lei_no_04_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/parecer__006_de_2024_-_projeto_de_lei_no_04_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 006 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 004/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA:  Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários do Município de Jatobá/PE, para a Legislatura 2025/2028, e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Lei, primeiramente, cumpre dizer que são considerados agentes políticos municipais o Prefeito, Vice- Prefeito, Secretários Municipais, Presidentes de Câmaras e Vereadores, os quais tem sua espécie remuneratória dada através de subsidio.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/parecer_007_de_2024-projeto_de_resolucao_no_001_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/parecer_007_de_2024-projeto_de_resolucao_no_001_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 007 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Resolução Nº 001/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA:  Fixa os subsídios dos Vereadores do Município de Jatobá/PE, para a Legislatura 2025 a 2028 e dá outras providências._x000D_
 _x000D_
 Os subsídios dos vereadores para a próxima legislatura, que se inicia em 2025 e vai até 2028, devem ser fixados pelas Câmaras Municipais antes das eleições deste ano, marcadas para 6 de outubro.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/parecer_008_de_2024-projeto_de_lei_no_006_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/parecer_008_de_2024-projeto_de_lei_no_006_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 PARECER Nº 008 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 006/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui as gratificações dos agentes públicos que desempenham funções nos procedimentos de contratação pública regidos pela Lei Federal Nº 14.133 e Lei Municipal 541/2023, no âmbito da administração direta, dos fundos, das fundações e das autarquias. _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/parecer_009_de_2024-projeto_de_lei_no_007_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/parecer_009_de_2024-projeto_de_lei_no_007_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 PARECER Nº 009 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 007/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o programa municipal de jovem aprendiz no âmbito do poder executivo municipal de Jatobá/PE, e dá outras providências._x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/parecer_010_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_006_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/parecer_010_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_006_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 010 DE 2024._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2024 ao Projeto de Lei Nº 006/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifica o artigo 1º do Projeto de Lei Nº 006/2024._x000D_
 _x000D_
 _x000D_
 Primeiramente, em relação aos aspectos de constitucionalidade, legalidade e iniciativa, a proposição atende aos pressupostos regimentais.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/parecer_011_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_007_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/parecer_011_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_007_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 011 DE 2024._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2024 ao Projeto de Lei Nº 007/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifica o artigo 14 do Projeto de Lei Nº 007/2024._x000D_
 _x000D_
 _x000D_
 Primeiramente, em relação aos aspectos de constitucionalidade, legalidade e iniciativa, a proposição atende aos pressupostos regimentais.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/parecer_012_de_2024-projeto_de_lei_015_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/parecer_012_de_2024-projeto_de_lei_015_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 012 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 015/2023._x000D_
 AUTOR: Poder Legislativo._x000D_
 EMENTA: Concede Certificado de Honra ao Mérito aos Profissionais de Enfermagem que atuam no âmbito do Município de Jatobá — PE._x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 Ante todo o exposto, em obediência às normas legais, esta comissão opina pela aprovação da presente Proposição._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N°013 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 019/2023._x000D_
 AUTOR: Poder Legislativo._x000D_
 EMENTA: Institui a Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal de Ensino no Município de Jatobá — PE._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que o Projeto de Lei, apesar de meritório, possui inconsistências legais para sua implantação no âmbito municipal, uma vez que, fora verificado que a exigência da Lei Federal, atribui uma parte da execução da Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal a implementação do PSE — Programa de Saúde na Escola, o que impossibilita no presente momento a tramitação e aprovação do presente PL, caso fosse deliberado em plenário.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/parecer_014_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_006-2024..docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/parecer_014_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_006-2024..docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 014 DE 2024._x000D_
 _x000D_
 ASSUNTO: Mensagem de Veto Nº 001 ao § 1º do artigo 1º do Projeto de Lei Nº 006/2024, incluso através da Emenda Modificativa Nº 001, de autoria do Vereador Èder Rodrigo Nogueira de Carvalho._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA DO PROJETO: Institui as gratificações dos agentes públicos que desempenham funções nos procedimentos de contratação pública regidos pela Lei Federal Nº 14.133 e Lei Municipal 541/2023, no âmbito da administração direta, dos fundos, das fundações e das autarquias. _x000D_
 _x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/parecer_015_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_007-2024..docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/parecer_015_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_007-2024..docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 015 DE 2024._x000D_
 _x000D_
 ASSUNTO: Mensagem de Veto Nº 001 à Emenda Modificativa 001 do Projeto de Lei Nº 007/2024, de autoria do Vereador Èder Rodrigo Nogueira de Carvalho._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA DO PROJETO:  Institui o programa municipal de jovem aprendiz no âmbito do poder executivo municipal de Jatobá/PE, e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/parecer_016_de_2024-recurso_ao_plenario_-_devolucao_do_projeto_de_lei_005-2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/parecer_016_de_2024-recurso_ao_plenario_-_devolucao_do_projeto_de_lei_005-2024.docx</t>
   </si>
   <si>
     <t>PARECER Nº 016 DE 2024._x000D_
 _x000D_
 ASSUNTO: Recurso ao Plenário Nº 001/2024 – Relativo a devolução do Projeto de Lei Nº 005/2024, de autoria dos Vereadores Dorilândia Alves de Araújo Pereira, Mardônio Tolentino Varjão, Èder Rodrigo Nogueira de Carvalho e Mayênio Taillon Barbosa de Lima._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA DO PROJETO: Estabelece a obrigatoriedade do município em fornecer transporte universitário gratuito para estudantes residentes na cidade e dá outras providências. _x000D_
 _x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/parecer_017_de_2024_-_projeto_de_decreto_no_06_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/parecer_017_de_2024_-_projeto_de_decreto_no_06_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 017 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Nº 006/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Jerson Ubiratan da Silva Barros e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/parecer_018_de_2024_-_projeto_de_decreto_no_07_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/parecer_018_de_2024_-_projeto_de_decreto_no_07_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 018 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Nº 007/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Antônio Marcos Gomes e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/parecer_019_de_2024_-_projeto_de_decreto_no_08_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/parecer_019_de_2024_-_projeto_de_decreto_no_08_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 019 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Nº 008/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Murilo Jorge Farias Barbosa e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/parecer_020_de_2024_-_projeto_de_decreto_no_09_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/parecer_020_de_2024_-_projeto_de_decreto_no_09_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 020 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Nº 009/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Danielle Cavalcante Silva e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/parecer_021_de_2024_-_projeto_de_decreto_no_10_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/parecer_021_de_2024_-_projeto_de_decreto_no_10_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 021 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Nº 010/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Maria Isabel dos Santos e dá outras providências._x000D_
 _x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/parecer_022_de_2024-projeto_de_lei_0018_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/parecer_022_de_2024-projeto_de_lei_0018_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 022 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 018/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Altera a Lei 574/2024 que criou os componentes do Município de Jatobá-PE do Sistema Nacional de Segurança Alimentar, definiu os parâmetros para a elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e deu outras providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/parecer_023_de_2024-projeto_de_lei_0019_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/parecer_023_de_2024-projeto_de_lei_0019_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 023 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 019/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Dispõe sobre a criação da Comissão de Sindicância e Processo Administrativo Disciplinar da saúde no município de Jatobá-PE, visando a celeridade dos processos administrativos da saúde e da outras providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/parecer_024_de_2024-projeto_de_decreto_005_de_2025.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/parecer_024_de_2024-projeto_de_decreto_005_de_2025.pdf</t>
   </si>
   <si>
     <t>PARECER N° 024 DE 2024._x000D_
 ASSUNTO: Projeto de Decreto Legislativo N° 005/2024._x000D_
 AUTOR: Poder Legislativo._x000D_
 EMENTA: Dispõe sobre a aplicação da Lei Federal n° 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados Pessoais — LGPD), no âmbito da Câmara Municipal de Jatobá-PE, e dá outra providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 025 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 022/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Autoriza a abertura de Crédito Adicional Suplementar ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/parecer_026_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-cjrf.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/parecer_026_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-cjrf.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 026 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 023/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2025._x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/parecer_027_de_2024-projeto_de_lei_024-2024_-_revisao_do_ppa.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/parecer_027_de_2024-projeto_de_lei_024-2024_-_revisao_do_ppa.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 PARECER Nº 027 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 024/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2025 e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/parecer_028_de_2024-emendas_impositivas_ao_projeto_de_lei_023-2024_-_loa_de_2025-todas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/parecer_028_de_2024-emendas_impositivas_ao_projeto_de_lei_023-2024_-_loa_de_2025-todas.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 PARECER Nº 028 DE 2024._x000D_
 _x000D_
 ASSUNTO: Emendas Parlamentares Impositivas ao Projeto de Lei Nº 023/2024 (Lei Orçamentária 2025)._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 As Emendas Parlamentares Impositivas, de autoria do Poder Legislativo, modificam a redação do Projeto Atividade, Programa e Elemento de Despesa do Projeto de Lei Nº 023/2024 cuja Ementa: Estima a receita e fixa a despesa do município para o exercício financeiro de 2025._x000D_
 _x000D_
 Em análise as Emendas Parlamentares em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/parecer_029_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-redacao_final.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/parecer_029_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-redacao_final.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER DE REDAÇÃO FINAL DO PROJETO DE LEI Nº 023/2024_x000D_
 _x000D_
 PARECER Nº 029 DE 2024._x000D_
 _x000D_
 ASSUNTO: Redação Final ao Projeto de Lei Nº 023/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2025._x000D_
 _x000D_
 O Projeto de Lei Nº 023/2024 “estima a Receita do Município para o exercício financeiro de 2025, no montante de R$ 84.000.000,00 (oitenta e quatro milhões de reais) e fixa a Despesa em igual valor”, foi aprovado em primeira votação com a apresentação das seguintes emendas:</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/parecer_030_de_2024-projeto_de_lei_024_-_revisao_do_ppa-redacao_final.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/parecer_030_de_2024-projeto_de_lei_024_-_revisao_do_ppa-redacao_final.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER DE REDAÇÃO FINAL DO PROJETO DE LEI Nº 024/2024_x000D_
 _x000D_
 _x000D_
 PARECER Nº 030 DE 2024._x000D_
 _x000D_
 ASSUNTO: Redação Final ao Projeto de Lei Nº 024/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2025 e dá outras providências._x000D_
 _x000D_
 _x000D_
 O Projeto de Lei Nº 024/2024 que trata da “revisão do Plano Plurianual 2022/2025, para a execução da parcela anual de 2025, foi aprovado em primeira votação sem a apresentação de emendas.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/parecer_031_de_2024-projeto_de_lei_no_025_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/parecer_031_de_2024-projeto_de_lei_no_025_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 PARECER Nº 31 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 025/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Considera de utilidade pública a Associação Comunitária dos Pequenos Produtores Rurais Indígenas da Aldeia Bem-Querer de Baixo e entorno – Jatobá-PE, de autoria do Vereador Nivaldo Silva Dantas Júnior;_x000D_
 _x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/parecer_032_de_2024-projeto_de_decreto_legislativo_no_010_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/parecer_032_de_2024-projeto_de_decreto_legislativo_no_010_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 32 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 010/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Regulamenta a Lei Federal nº 14.129, de 29 de março de 2021, no âmbito do Poder Legislativo Municipal, instituindo o Programa de Governo Digital da Câmara Municipal de Jatobá – Pernambuco, de autoria do Poder Legislativo;_x000D_
  _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>PACOF</t>
   </si>
   <si>
     <t>Parecer C. de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/868/parecer__001_de_2024_-_ao_projeto_de_decreto_legislativo_0012024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/868/parecer__001_de_2024_-_ao_projeto_de_decreto_legislativo_0012024.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 001 de 2024._x000D_
 _x000D_
  ASSUNTO: Julgamento de Prestação de Contas do Poder Executivo, exercício financeiro de 2021._x000D_
 _x000D_
 _x000D_
 RELATÓRIO_x000D_
 		_x000D_
 _x000D_
 1. 		O Tribunal de Contas do Estado de Pernambuco, por intermédio do Ofício TCE-PE/DP/NAS/GEEC Nº 0828/2023, encaminhou o Processo T.C Nº 22100485-3, referente à Prestação de Contas do Prefeito do Município de Jatobá, exercício financeiro de 2021, requerendo a apreciação e julgamento do mesmo pela Casa Legislativa.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/869/parecer__002_de_2024-projeto_de_lei_no_04_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/869/parecer__002_de_2024-projeto_de_lei_no_04_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 002 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 004/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA:  Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários do Município de Jatobá/PE, para a Legislatura 2025/2028, e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, a Lei de Responsabilidade Fiscal e recomendações do Tribunal de Contas do Estado de Pernambuco._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/870/parecer__003_de_2024-projeto_de_resolucao_no_001_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/870/parecer__003_de_2024-projeto_de_resolucao_no_001_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 003 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Resolução Nº 001/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA:  Fixa os subsídios dos Vereadores do Município de Jatobá/PE, para a Legislatura 2025/2028, e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Resolução, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, a Lei de Responsabilidade Fiscal e recomendações do Tribunal de Contas do Estado de Pernambuco._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/871/parecer__004_de_2024-projeto_de_lei_no_006_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/871/parecer__004_de_2024-projeto_de_lei_no_006_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 004 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 006/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui as gratificações dos agentes públicos que desempenham funções nos procedimentos de contratação pública regidos pela Lei Federal Nº 14.133 e Lei Municipal 541/2023, no âmbito da administração direta, dos fundos, das fundações e das autarquias. _x000D_
 _x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, e, a Lei de Responsabilidade Fiscal._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/872/parecer__005_de_2024-projeto_de_lei_no_007_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/872/parecer__005_de_2024-projeto_de_lei_no_007_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 005 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 007/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o programa municipal de jovem aprendiz no âmbito do poder executivo municipal de Jatobá/PE, e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, e, a Lei de Responsabilidade Fiscal._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/873/parecer__006_de_2024_-_projeto_de_lei_19.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/873/parecer__006_de_2024_-_projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 PARECER N° 006 DE 2023._x000D_
 ASSUNTO: Projeto de Lei N° 019/2023._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Institui a Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal de Ensino no Município de Jatobá — PE._x000D_
 _x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que o Projeto de Lei, apesar de meritório, possui inconsistências legais para sua implantação no âmbito municipal, uma vez que, fora verificado que a exigência da Lei Federal, atribui uma parte da execução da Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal a implementação do PSE — Programa de Saúde na Escola, o que impossibilita no presente momento a tramitação e aprovação do presente PL, caso fosse deliberado em plenário.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/874/parecer__007_de_2024-projeto_de_emenda_moficativa_no_01_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/874/parecer__007_de_2024-projeto_de_emenda_moficativa_no_01_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 007 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Emenda Modificativa Nº 001/2024 ao Projeto de Lei Nº 017/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifique-se em sua integralidade a redação do Art. 42 do Projeto de Lei Nº 017/2024 (Lei de Diretrizes Orçamentárias para 2025)._x000D_
 _x000D_
 Em análise ao Projeto de Emenda Modificativa, e, após analisar o Parecer da Assessoria Jurídica, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, e, a Lei de Responsabilidade Fiscal._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/875/parecer__008_de_2024-projeto_de_lei_no_017_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/875/parecer__008_de_2024-projeto_de_lei_no_017_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 008 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 017/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2025 e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, e, a Lei de Responsabilidade Fiscal._x000D_
 _x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
                    _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/876/parecer__009_de_2024_-_projeto_de_decreto_22.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/876/parecer__009_de_2024_-_projeto_de_decreto_22.pdf</t>
   </si>
   <si>
     <t>PARECER N° 009 DE 2024._x000D_
 ASSUNTO: Projeto de Decreto Lei N° 022/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Autoriza a abertura de Crédito Adicional Suplementar ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências._x000D_
 _x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, a Lei de Responsabilidade Fiscal e recomendações do Tribunal de Contas do Estado de Pernambuco._x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/877/parecer__010_de_2024-projeto_de_lei_023-2024_-_loa_de_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/877/parecer__010_de_2024-projeto_de_lei_023-2024_-_loa_de_2025.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 010 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 023/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2025._x000D_
 _x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_011_de_2024-projeto_de_lei_024_-_revisao_do_ppa.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_011_de_2024-projeto_de_lei_024_-_revisao_do_ppa.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 011 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 024/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2025 e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O Projeto de Lei Nº 024/2024 tem como mérito a revisão do Plano Plurianual 2022/2025, para a execução da parcela anual de 2025._x000D_
 _x000D_
 Na revisão para 2025 foi atualizada a programação orçamentária, estando os valores de acordo com as projeções estabelecidas no Anexo de Metas Fiscais da LDO/2025, e, com a proposta orçamentária para o próximo exercício._x000D_
 _x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_012_de_2024-emenda_parlamentar_impositiva_ao_projeto_de_lei_023_-_loa_2025.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_012_de_2024-emenda_parlamentar_impositiva_ao_projeto_de_lei_023_-_loa_2025.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 012 DE 2024._x000D_
 _x000D_
 ASSUNTO: Emendas Parlamentares Impositivas ao Projeto de Lei Nº 023/2024 (Lei Orçamentária 2025)._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 _x000D_
 As Emendas Parlamentares Impositivas, de autoria do Poder Legislativo, modificam a redação do Projeto Atividade, Programa e Elemento de Despesa do Projeto de Lei Nº 023/2024 cuja Ementa: Estima a receita e fixa a despesa do município para o exercício financeiro de 2025._x000D_
 _x000D_
 A matéria em análise tramita nesta Casa Legislativa por iniciativa do Poder Legislativo, encontrando-se atualmente nesta Comissão, atendendo disposição regimental no artigo 291 do Regimento Interno que disciplina sua tramitação, estando sob responsabilidade desta Relatoria, para que seja exarado o PARECER sobre os aspectos de constitucionalidade, legalidade e regimentalidade e posterior tramitação em Plenário._x000D_
 _x000D_
 As Emendas Parlamentares Impositivas em comento, obedecem aos aspectos de constitucionalidade, legalidade, juridi</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/880/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/880/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N°013 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 019/2023._x000D_
 AUTOR: Poder Legislativo._x000D_
 EMENTA: Institui a Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal_x000D_
 de Ensino no Município de Jatobá — PE._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica,verifica-se que o Projeto de Lei, apesar de meritório, possui inconsistências legais para sua implantação no âmbito municipal, uma vez que, fora verificado que a exigência da Lei Federal, atribui uma parte da execução da Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal a implementação do PSE — Programa de Saúde na Escola, o que impossibilita no presente momento a tramitação e aprovação do presente PL, caso fosse deliberado em plenário._x000D_
 Ademais, verifica-se também, que a matéria em testilha envolve questão atinente a organização administrativa, no tocante a temática escolar, social e de saúde._x000D_
 Sendo assim, sugere-se</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/882/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/882/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/883/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/883/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/885/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/885/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/886/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/886/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/889/parecer_022_de_2024-projeto_de_lei_018_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/889/parecer_022_de_2024-projeto_de_lei_018_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 022 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 018/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Altera a Lei 574/2024 que criou os componentes do Município de Jatobá-PE do Sistema Nacional de Segurança Alimentar, definiu os parâmetros para a elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e deu outras providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/890/parecer_023_de_2024-projeto_de_lei_019_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/890/parecer_023_de_2024-projeto_de_lei_019_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 023 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 019/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Dispõe sobre a criação da Comissão de Sindicância e Processo Administrativo Disciplinar da saúde no município de Jatobá-PE, visando a celeridade dos processos administrativos da saúde e da outras providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_024_de_2024-projeto_de_decreto_005_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_024_de_2024-projeto_de_decreto_005_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 024 DE 2024._x000D_
 ASSUNTO: Projeto de Decreto Legislativo N° 005/2024._x000D_
 AUTOR: Poder Legislativo._x000D_
 EMENTA: Dispõe sobre a aplicação da Lei Federal n° 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados Pessoais — LGPD), no âmbito da Câmara Municipal de Jatobá-PE, e dá outra providencias._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL_x000D_
 PARECER N° 025 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 022/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 EMENTA: Autoriza a abertura de Crédito Adicional Suplementar ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências._x000D_
 Após analisar a matéria em tela e de acordo o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa._x000D_
 Em relação ao mérito, deve ser apreciado pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>PADDH</t>
   </si>
   <si>
     <t>Parecer C. Defesa dos Direitos Humanos, Assis...</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/745/parecer_no01-2024.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/745/parecer_no01-2024.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE DEFESA DOS DIREITOS HUMANOS, ASSISTENCIA SOCIAL E MEIO AMBIENTE_x000D_
 _x000D_
 PARECER N° 001 DE 2024._x000D_
 ASSUNTO: Projeto de Lei N° 022/2024._x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de Crédito Adicional Suplementar ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências._x000D_
 Em análise ao Projeto de Lei, e, após analisar o Parecer da Assessoria Jurídica e Parecer da Comissão de Constituição, Justiça e Redação Final, constatamos que a proposição, obedece aos aspectos de constitucionalidade, respeita as normas impostas pela Constituição Federal, a nossa Lei Orgânica Municipal, a Lei de Responsabilidade Fiscal e recomendações do Tribunal de Contas do Estado de Pernambuco._x000D_
 Em relação ao mérito, deve ser discutido pelo plenário._x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>PACC</t>
   </si>
   <si>
     <t>Parecer Conjunta das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/parecer_conjunto_001_de_2024-projeto_de_lei_no_02_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/parecer_conjunto_001_de_2024-projeto_de_lei_no_02_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 001 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 002/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Promove reajuste salarial do Magistério no município de Jatobá e dá outras providências</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1132/parecer_conjunto_002_de_2024-projeto_de_lei_no_03_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1132/parecer_conjunto_002_de_2024-projeto_de_lei_no_03_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA e REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 002 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 003/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Altera o salário dos servidores Municipais, adequando-os ao novo salário mínimo e dá outras providências;</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_conjunto_004_de_2024-projeto_de_lei_no_008_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_conjunto_004_de_2024-projeto_de_lei_no_008_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 004 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 008/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Altera a Lei 554/2023 que institui o Sistema Municipal de Cultura de Jatobá/PE, cria o Conselho Municipal de Política Cultural CMPC, e criou o Fundo Municipal de Cultura – FMC e estabeleceu Diretrizes para Políticas Públicas de Cultura e dá outras providências;</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/parecer_conjunto_005_de_2024-projeto_de_lei_no_010_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/parecer_conjunto_005_de_2024-projeto_de_lei_no_010_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 PARECER CONJUNTO Nº 005 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 010/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de Crédito Especial ao orçamento anual de 2024, para utilização dos recursos oriundos da Lei federal Nº 14.399, de 8 de julho de 2022, que institui a Política Nacional Aldir Blanc de fomento a Cultura, e dá outras providências;</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/parecer_conjunto_006_de_2024-projeto_de_lei_no_011_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/parecer_conjunto_006_de_2024-projeto_de_lei_no_011_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 006 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 011/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito adicional especial ao orçamento geral do município de Jatobá-PE, exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1137/parecer_conjunto_007_de_2024-projeto_de_lei_no_012_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1137/parecer_conjunto_007_de_2024-projeto_de_lei_no_012_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 007 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 012/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Cria o Conselho Municipal de Segurança Alimentar e Nutricional – COMSEA, do município de Jatobá – PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1138/parecer_conjunto_008_de_2024-projeto_de_lei_no_013_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1138/parecer_conjunto_008_de_2024-projeto_de_lei_no_013_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 008 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 013/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Cria os componentes do Município de Jatobá, estado de Pernambuco do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/parecer_conjunto_009_de_2024-projeto_de_lei_no_015_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/parecer_conjunto_009_de_2024-projeto_de_lei_no_015_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 009 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 015/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito adicional especial ao orçamento geral do município de Jatobá – PE, exercício de 2024 e dá outras providências;</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/parecer_conjunto_010_de_2024-projeto_de_lei_no_016_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/parecer_conjunto_010_de_2024-projeto_de_lei_no_016_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS;_x000D_
 _x000D_
 PARECER CONJUNTO Nº 010 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 016/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito adicional especial ao orçamento geral do município de Jatobá – PE, exercício de 2024 e dá outras providências;</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/parecer_conjunto_011_de_2024-emenda_modificativa_ao_projeto_de_lei_no_026_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/parecer_conjunto_011_de_2024-emenda_modificativa_ao_projeto_de_lei_no_026_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 011 DE 2024._x000D_
 _x000D_
 ASSUNTO: Emenda Modificativa Nº 001/2024 ao Projeto de Lei Nº 026/2024._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modificam-se os artigos 1º e 2º, do Projeto de Lei Nº 026/2024.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1142/parecer_conjunto_012_de_2024-_ao_projeto_de_lei_no_027_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1142/parecer_conjunto_012_de_2024-_ao_projeto_de_lei_no_027_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 012 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 027/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui a Nova Estrutura Administrativa do Município de Jatobá e dá outras providências;</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1143/parecer_conjunto_013_de_2024-_ao_projeto_de_lei_no_028_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1143/parecer_conjunto_013_de_2024-_ao_projeto_de_lei_no_028_de_2024.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 013 DE 2024._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 028/2024._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta no âmbito Municipal de Jatobá-PE, a aplicação da Lei Federal nº 13.019, de 31 de julho de 2014, alterada pela Lei 13.204, de 14 de dezembro de 2015, que trata sobre o regime jurídico das parcerias entre a administração pública e as Organizações da Sociedade Civil (OSC), em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividades ou de projetos previamente estabelecidos em planos de trabalho inseridos em termos de colaboração, em termos de fomento ou em acordos de cooperação, define diretrizes para a política de fomento, de colaboração e de cooperação com organização da sociedade civil.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2910,67 +2910,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_no001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_no002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_no003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_004_de_2024_-_subsidio_prefeito_vice-prefeito_secretarios_municipais.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_no006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_no007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_no008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_no010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_no011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_no012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_no013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_014_de_2024_-_denomina_nome_dos_ambulatorios.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_no015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_no016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_017_de_2024_-_ldo_2025_jatoba.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_no018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_no019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_no022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_023_de_2024_-_loa_2025-jatoba.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_decreto_legislativo_001_de_2024-_prestacao_de_contas_de_2021__pmj_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/projet2.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/projet3.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/projeto_de_decreto_legislativo_005-2024-_protecao_de_dados.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/projeto_de_decreto_legislativo_006_de_2024_-_dorilandia_-titulo_de_cidadao_jerson.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/projeto_de_decreto_legislativo_007_de_2024_-_mayenio_-titulo_de_cidadao_antonio_marcos.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_decreto_legislativo_008_de_2024_-_nilson_-_titulo_de_cidadao_murilo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_decreto_legislativo_009_de_2024_-_toinho_-titulo_de_cidada_danielle.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_decreto_legislativo_010_de_2024_-eudes-_titulo_de_cidada_izabel.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/requerimento_002_de_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/requerimento_003_de_2024_-_transporte_universitario.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_004_de_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento_005_de_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/requerimento_006_de_2024_-alugues_de_imoveis.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_007_de_2024_-_funcionario_e_impresas.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_008_de_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_009_de_2024_-_solicitacao_de_extrato_atualizado_da_conta_bancaria_do_fundef.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_010_de_2024_-_informacao_sobre_emenda_parlamenmtar_de_tulio_gadelha.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_001_de_2024-_cobertura_da_quadra_da_escola_municipal_de_jatoba-pe.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_002_de_2024-_cobertura_da_quadra_da_escola_municipal_maria_quiteria_-_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/279/indicacao_003_de_2024_-_dorilandia_-_seguranca_academia_das_cidades.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/280/indicacao_004_de_2024_-_dorilandia_fardamento.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/281/indicacao_005_de_2024_-_mayenio_-_pavimentacao_centro_sitio_caldeirao.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_006_de_2024_-_mayenio_-_reforma_e_ampliacao_no_psf_das_comunidades_fazenda_grande_e_malhada_grande._-_copia.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_007_de_2024_-_eudes_-_curral_do_gado.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_008_de_2024_-_toinho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_009_de_2024_-_mardonio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_010_de_2024_-_mardonio_-.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_011_de_2024-_mayenio_-_reforma_e_ampliacao_no_psf_da_comunidades_barra_do_moxoto_1.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_012_de_2024_-_mayenio_-casa_das_artes.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_013_de_2024_-_toinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_014_de_2024_-_dorilandia_enem.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_015_de_2024_-_mayenio_-_reforma_no_posto_da_aldeia_caldeirao.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_016_de_2024_-_eudes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/293/indica3.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_018_de_2024_-_mayenio_-_pavimentacao_da_avenida_salgueiro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/295/indicacao_019_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_020_de_2024_-_toinho_-_redutor_de_velocidade.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/297/indicacao_021_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/298/indicacao.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_023_de_2024_-_dorilandia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_024_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/301/indicacao_025_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/302/indicacao_026_de_2024_-_dorilandia_-_faixa_de_pedestres.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1231/emenda_modoficativa_001_-_projeto_de_emenda_modificativa_no_001_a_ldo-2025.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/702/emenda_parlamentar_impositiva_001_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/703/emenda_parlamentar_impositiva_002_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/704/emenda_parlamentar_impositiva_003_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/705/emenda_parlamentar_impositiva_004_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/706/emenda_parlamentar_impositiva_005_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/707/emenda_parlamentar_impositiva_006_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/708/emenda_parlamentar_impositiva_007_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/709/emenda_parlamentar_impositiva_008_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/710/emenda_parlamentar_impositiva_009_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/711/emenda_parlamentar_impositiva_010_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/712/emenda_parlamentar_impositiva_011_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/713/emenda_parlamentar_impositiva_012_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/714/emenda_parlamentar_impositiva_013_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/715/emenda_parlamentar_impositiva_014_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/716/emenda_parlamentar_impositiva_015_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/717/emenda_parlamentar_impositiva_016_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/718/emenda_parlamentar_impositiva_017_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/719/emenda_parlamentar_impositiva_018_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/720/emenda_parlamentar_impositiva_019_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/721/emenda_parlamentar_impositiva_020_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_parlamentar_impositiva_021_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_parlamentar_impositiva_022_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/724/emenda_parlamentar_impositiva_023_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/725/emenda_parlamentar_impositiva_024_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/726/emenda_parlamentar_impositiva_025_de_2024-_mardonio.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/727/emenda_parlamentar_impositiva_026_de_2024-_mardonio.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/728/emenda_parlamentar_impositiva_027_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/729/emenda_parlamentar_impositiva_028_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/730/emenda_parlamentar_impositiva_029_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/731/emenda_parlamentar_impositiva_030_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/732/emenda_parlamentar_impositiva_031_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/733/emenda_parlamentar_impositiva_032_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/734/emenda_parlamentar_impositiva_033_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/735/emenda_parlamentar_impositiva_034_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/736/emenda_parlamentar_impositiva_035_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/737/emenda_parlamentar_impositiva_036_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_parlamentar_impositiva_037_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_parlamentar_impositiva_038_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/740/emenda_parlamentar_impositiva_039_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/parecer__001_de_2024_-_projeto_de_lei__34_de_2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/parecer__002_de_2024_-_projeto_de_lei_35_de_2024_1.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/parecer__003_de_2024_-_projeto_de_lei_44_de_2024.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/parecer__004_de_2024_-_projeto_de_lei_45_de_2024_3.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/parecer__005_de_2024_-_projeto_de_decreto_15_de_2024_4.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/parecer__006_de_2024_-_projeto_de_lei_no_04_de_2024.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/parecer_007_de_2024-projeto_de_resolucao_no_001_de_2024.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/parecer_008_de_2024-projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/parecer_009_de_2024-projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/parecer_010_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/parecer_011_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/parecer_012_de_2024-projeto_de_lei_015_de_2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/parecer_014_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_006-2024..docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/parecer_015_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_007-2024..docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/parecer_016_de_2024-recurso_ao_plenario_-_devolucao_do_projeto_de_lei_005-2024.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/parecer_017_de_2024_-_projeto_de_decreto_no_06_de_2024.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/parecer_018_de_2024_-_projeto_de_decreto_no_07_de_2024.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/parecer_019_de_2024_-_projeto_de_decreto_no_08_de_2024.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/parecer_020_de_2024_-_projeto_de_decreto_no_09_de_2024.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/parecer_021_de_2024_-_projeto_de_decreto_no_10_de_2024.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/parecer_022_de_2024-projeto_de_lei_0018_de_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/parecer_023_de_2024-projeto_de_lei_0019_de_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/parecer_024_de_2024-projeto_de_decreto_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/parecer_026_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-cjrf.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/parecer_027_de_2024-projeto_de_lei_024-2024_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/parecer_028_de_2024-emendas_impositivas_ao_projeto_de_lei_023-2024_-_loa_de_2025-todas.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/parecer_029_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-redacao_final.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/parecer_030_de_2024-projeto_de_lei_024_-_revisao_do_ppa-redacao_final.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/parecer_031_de_2024-projeto_de_lei_no_025_de_2024.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/parecer_032_de_2024-projeto_de_decreto_legislativo_no_010_de_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/868/parecer__001_de_2024_-_ao_projeto_de_decreto_legislativo_0012024.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/869/parecer__002_de_2024-projeto_de_lei_no_04_de_2024.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/870/parecer__003_de_2024-projeto_de_resolucao_no_001_de_2024.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/871/parecer__004_de_2024-projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/872/parecer__005_de_2024-projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/873/parecer__006_de_2024_-_projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/874/parecer__007_de_2024-projeto_de_emenda_moficativa_no_01_de_2024.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/875/parecer__008_de_2024-projeto_de_lei_no_017_de_2024.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/876/parecer__009_de_2024_-_projeto_de_decreto_22.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/877/parecer__010_de_2024-projeto_de_lei_023-2024_-_loa_de_2025.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_011_de_2024-projeto_de_lei_024_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_012_de_2024-emenda_parlamentar_impositiva_ao_projeto_de_lei_023_-_loa_2025.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/880/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/882/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/883/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/885/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/886/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/889/parecer_022_de_2024-projeto_de_lei_018_de_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/890/parecer_023_de_2024-projeto_de_lei_019_de_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_024_de_2024-projeto_de_decreto_005_de_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/745/parecer_no01-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/parecer_conjunto_001_de_2024-projeto_de_lei_no_02_de_2024.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1132/parecer_conjunto_002_de_2024-projeto_de_lei_no_03_de_2024.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_conjunto_004_de_2024-projeto_de_lei_no_008_de_2024.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/parecer_conjunto_005_de_2024-projeto_de_lei_no_010_de_2024.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/parecer_conjunto_006_de_2024-projeto_de_lei_no_011_de_2024.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1137/parecer_conjunto_007_de_2024-projeto_de_lei_no_012_de_2024.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1138/parecer_conjunto_008_de_2024-projeto_de_lei_no_013_de_2024.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/parecer_conjunto_009_de_2024-projeto_de_lei_no_015_de_2024.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/parecer_conjunto_010_de_2024-projeto_de_lei_no_016_de_2024.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/parecer_conjunto_011_de_2024-emenda_modificativa_ao_projeto_de_lei_no_026_de_2024.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1142/parecer_conjunto_012_de_2024-_ao_projeto_de_lei_no_027_de_2024.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1143/parecer_conjunto_013_de_2024-_ao_projeto_de_lei_no_028_de_2024.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_no001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_no002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_no003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_004_de_2024_-_subsidio_prefeito_vice-prefeito_secretarios_municipais.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_no006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_no007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_no008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_no010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_no011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_no012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_no013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_014_de_2024_-_denomina_nome_dos_ambulatorios.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_no015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_no016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_017_de_2024_-_ldo_2025_jatoba.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_no018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_no019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_no022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_023_de_2024_-_loa_2025-jatoba.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_decreto_legislativo_001_de_2024-_prestacao_de_contas_de_2021__pmj_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/projet2.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/projet3.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/projeto_de_decreto_legislativo_005-2024-_protecao_de_dados.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/projeto_de_decreto_legislativo_006_de_2024_-_dorilandia_-titulo_de_cidadao_jerson.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/projeto_de_decreto_legislativo_007_de_2024_-_mayenio_-titulo_de_cidadao_antonio_marcos.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_decreto_legislativo_008_de_2024_-_nilson_-_titulo_de_cidadao_murilo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_decreto_legislativo_009_de_2024_-_toinho_-titulo_de_cidada_danielle.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_decreto_legislativo_010_de_2024_-eudes-_titulo_de_cidada_izabel.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/requerimento_002_de_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/requerimento_003_de_2024_-_transporte_universitario.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_004_de_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento_005_de_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/requerimento_006_de_2024_-alugues_de_imoveis.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_007_de_2024_-_funcionario_e_impresas.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_008_de_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_009_de_2024_-_solicitacao_de_extrato_atualizado_da_conta_bancaria_do_fundef.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_010_de_2024_-_informacao_sobre_emenda_parlamenmtar_de_tulio_gadelha.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_001_de_2024-_cobertura_da_quadra_da_escola_municipal_de_jatoba-pe.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_002_de_2024-_cobertura_da_quadra_da_escola_municipal_maria_quiteria_-_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/279/indicacao_003_de_2024_-_dorilandia_-_seguranca_academia_das_cidades.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/280/indicacao_004_de_2024_-_dorilandia_fardamento.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/281/indicacao_005_de_2024_-_mayenio_-_pavimentacao_centro_sitio_caldeirao.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_006_de_2024_-_mayenio_-_reforma_e_ampliacao_no_psf_das_comunidades_fazenda_grande_e_malhada_grande._-_copia.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_007_de_2024_-_eudes_-_curral_do_gado.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_008_de_2024_-_toinho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_009_de_2024_-_mardonio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_010_de_2024_-_mardonio_-.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_011_de_2024-_mayenio_-_reforma_e_ampliacao_no_psf_da_comunidades_barra_do_moxoto_1.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_012_de_2024_-_mayenio_-casa_das_artes.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_013_de_2024_-_toinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_014_de_2024_-_dorilandia_enem.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_015_de_2024_-_mayenio_-_reforma_no_posto_da_aldeia_caldeirao.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_016_de_2024_-_eudes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/293/indica3.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_018_de_2024_-_mayenio_-_pavimentacao_da_avenida_salgueiro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/295/indicacao_019_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_020_de_2024_-_toinho_-_redutor_de_velocidade.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/297/indicacao_021_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/298/indicacao.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_023_de_2024_-_dorilandia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_024_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/301/indicacao_025_de_2024_-_mayenio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/302/indicacao_026_de_2024_-_dorilandia_-_faixa_de_pedestres.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1231/emenda_modoficativa_001_-_projeto_de_emenda_modificativa_no_001_a_ldo-2025.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/702/emenda_parlamentar_impositiva_001_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/703/emenda_parlamentar_impositiva_002_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/704/emenda_parlamentar_impositiva_003_de_2024-nilson.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/705/emenda_parlamentar_impositiva_004_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/706/emenda_parlamentar_impositiva_005_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/707/emenda_parlamentar_impositiva_006_de_2024-_mayenio.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/708/emenda_parlamentar_impositiva_007_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/709/emenda_parlamentar_impositiva_008_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/710/emenda_parlamentar_impositiva_009_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/711/emenda_parlamentar_impositiva_010_de_2024-_dorilandia_eder_nivaldo.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/712/emenda_parlamentar_impositiva_011_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/713/emenda_parlamentar_impositiva_012_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/714/emenda_parlamentar_impositiva_013_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/715/emenda_parlamentar_impositiva_014_de_2024-_nivaldo.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/716/emenda_parlamentar_impositiva_015_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/717/emenda_parlamentar_impositiva_016_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/718/emenda_parlamentar_impositiva_017_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/719/emenda_parlamentar_impositiva_018_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/720/emenda_parlamentar_impositiva_019_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/721/emenda_parlamentar_impositiva_020_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_parlamentar_impositiva_021_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_parlamentar_impositiva_022_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/724/emenda_parlamentar_impositiva_023_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/725/emenda_parlamentar_impositiva_024_de_2024-_jailton.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/726/emenda_parlamentar_impositiva_025_de_2024-_mardonio.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/727/emenda_parlamentar_impositiva_026_de_2024-_mardonio.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/728/emenda_parlamentar_impositiva_027_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/729/emenda_parlamentar_impositiva_028_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/730/emenda_parlamentar_impositiva_029_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/731/emenda_parlamentar_impositiva_030_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/732/emenda_parlamentar_impositiva_031_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/733/emenda_parlamentar_impositiva_032_de_2024-_toinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/734/emenda_parlamentar_impositiva_033_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/735/emenda_parlamentar_impositiva_034_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/736/emenda_parlamentar_impositiva_035_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/737/emenda_parlamentar_impositiva_036_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_parlamentar_impositiva_037_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_parlamentar_impositiva_038_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/740/emenda_parlamentar_impositiva_039_de_2024-_eudes.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/parecer__001_de_2024_-_projeto_de_lei__34_de_2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/parecer__002_de_2024_-_projeto_de_lei_35_de_2024_1.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/parecer__003_de_2024_-_projeto_de_lei_44_de_2024.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/parecer__004_de_2024_-_projeto_de_lei_45_de_2024_3.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/parecer__005_de_2024_-_projeto_de_decreto_15_de_2024_4.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/parecer__006_de_2024_-_projeto_de_lei_no_04_de_2024.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/parecer_007_de_2024-projeto_de_resolucao_no_001_de_2024.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/parecer_008_de_2024-projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/parecer_009_de_2024-projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/parecer_010_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/parecer_011_de_2024-proposta_de_emenda_modificativa_001-2024_ao_projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/parecer_012_de_2024-projeto_de_lei_015_de_2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/parecer_014_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_006-2024..docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/parecer_015_de_2024-veto_a_emenda_modificativa_001_ao_projeto_de_lei_007-2024..docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/parecer_016_de_2024-recurso_ao_plenario_-_devolucao_do_projeto_de_lei_005-2024.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/parecer_017_de_2024_-_projeto_de_decreto_no_06_de_2024.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/parecer_018_de_2024_-_projeto_de_decreto_no_07_de_2024.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/parecer_019_de_2024_-_projeto_de_decreto_no_08_de_2024.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/parecer_020_de_2024_-_projeto_de_decreto_no_09_de_2024.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/parecer_021_de_2024_-_projeto_de_decreto_no_10_de_2024.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/parecer_022_de_2024-projeto_de_lei_0018_de_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/parecer_023_de_2024-projeto_de_lei_0019_de_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/parecer_024_de_2024-projeto_de_decreto_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/parecer_026_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-cjrf.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/parecer_027_de_2024-projeto_de_lei_024-2024_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/parecer_028_de_2024-emendas_impositivas_ao_projeto_de_lei_023-2024_-_loa_de_2025-todas.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/parecer_029_de_2024-projeto_de_lei_023-2024_-_loa_de_2025-redacao_final.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/parecer_030_de_2024-projeto_de_lei_024_-_revisao_do_ppa-redacao_final.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/parecer_031_de_2024-projeto_de_lei_no_025_de_2024.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/parecer_032_de_2024-projeto_de_decreto_legislativo_no_010_de_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/868/parecer__001_de_2024_-_ao_projeto_de_decreto_legislativo_0012024.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/869/parecer__002_de_2024-projeto_de_lei_no_04_de_2024.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/870/parecer__003_de_2024-projeto_de_resolucao_no_001_de_2024.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/871/parecer__004_de_2024-projeto_de_lei_no_006_de_2024.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/872/parecer__005_de_2024-projeto_de_lei_no_007_de_2024.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/873/parecer__006_de_2024_-_projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/874/parecer__007_de_2024-projeto_de_emenda_moficativa_no_01_de_2024.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/875/parecer__008_de_2024-projeto_de_lei_no_017_de_2024.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/876/parecer__009_de_2024_-_projeto_de_decreto_22.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/877/parecer__010_de_2024-projeto_de_lei_023-2024_-_loa_de_2025.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_011_de_2024-projeto_de_lei_024_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_012_de_2024-emenda_parlamentar_impositiva_ao_projeto_de_lei_023_-_loa_2025.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/880/parecer_013_de_2024-projeto_de_lei_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/882/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/883/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/885/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/886/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/889/parecer_022_de_2024-projeto_de_lei_018_de_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/890/parecer_023_de_2024-projeto_de_lei_019_de_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_024_de_2024-projeto_de_decreto_005_de_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_025_de_2024-projeto_de_lei_022_de_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/745/parecer_no01-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/parecer_conjunto_001_de_2024-projeto_de_lei_no_02_de_2024.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1132/parecer_conjunto_002_de_2024-projeto_de_lei_no_03_de_2024.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_conjunto_004_de_2024-projeto_de_lei_no_008_de_2024.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/parecer_conjunto_005_de_2024-projeto_de_lei_no_010_de_2024.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/parecer_conjunto_006_de_2024-projeto_de_lei_no_011_de_2024.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1137/parecer_conjunto_007_de_2024-projeto_de_lei_no_012_de_2024.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1138/parecer_conjunto_008_de_2024-projeto_de_lei_no_013_de_2024.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/parecer_conjunto_009_de_2024-projeto_de_lei_no_015_de_2024.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/parecer_conjunto_010_de_2024-projeto_de_lei_no_016_de_2024.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/parecer_conjunto_011_de_2024-emenda_modificativa_ao_projeto_de_lei_no_026_de_2024.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1142/parecer_conjunto_012_de_2024-_ao_projeto_de_lei_no_027_de_2024.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2024/1143/parecer_conjunto_013_de_2024-_ao_projeto_de_lei_no_028_de_2024.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="191.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="190.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>