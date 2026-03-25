--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -54,3510 +54,3510 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_001_de_2023-nova_estrutura_da_cmj_em_2023.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_001_de_2023-nova_estrutura_da_cmj_em_2023.doc</t>
   </si>
   <si>
     <t>Atualiza a nova Estrutura Administrativa da Câmara Municipal de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rogério Ferreira Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_002_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_002_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera os salários dos servidores Municipais, adequando-os ao novo Salário Mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_003_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_003_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo conceder auxilio transporte para os gente Comunitários de Saúde (ACS) e Agente de Combate a Endemias ACE).</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_004_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_004_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a realizar o pagamento, com recursos próprios, do Retroativo do piso dos ACS e AGE no Município de Jatobá/PE e dá outras providências nos termos da EC 120/2022.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005_de_2023-diarias_e_locomocao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005_de_2023-diarias_e_locomocao.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias e locomoção para vereadores e servidores da Câmara Municipal de Jatobá, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_006_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_006_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação no website da Prefeitura da lista de espera para utilização dos veículos, equipamentos e maquinas agrícolas do município de Jatobá/PE.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>EUDES DE ALBUQUERQUE PEREIRA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_007_de_2023_-_nomeia_nome_do_posto.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_007_de_2023_-_nomeia_nome_do_posto.docx</t>
   </si>
   <si>
     <t>Nomeia o Posto de Saúde da Família, localizado na Comunidade Camaratu, como PSF sr. Manoel Antônio dos Santos.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_008_de_2023_-_cria_funcoes_gratificadas_-_lei_14133.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_008_de_2023_-_cria_funcoes_gratificadas_-_lei_14133.doc</t>
   </si>
   <si>
     <t>Cria Funções Gratificadas de Agente de Contratação e Equipe de Apoio para conduzir os atos das licitações e contratações derivadas da Lei Federal Nº 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_009_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_009_de_2023.pdf</t>
   </si>
   <si>
     <t>Promove reajuste salarial do magisteno no município de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_010_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_010_de_2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta a fase preparatória das contratações públicas, com base na Lei n.°14.133/21, no Município de Jatobá e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_011_de_2023-_modifica_lei_comissao_de_licitacao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_011_de_2023-_modifica_lei_comissao_de_licitacao.doc</t>
   </si>
   <si>
     <t>Modifica o art. 13 da Lei Nº 536/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_012_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_012_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa "IPTU Premiado", mediante a realização de sorteios de prêmios e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_013_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_013_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 453/2020 - denominação de Escola Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA, EUDES DE ALBUQUERQUE PEREIRA JÚNIOR, JAÍLTON PEREIRA DA SILVA, NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_014_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_014_de_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE JATOBÁ/PE, A SEMANA MUNICIPAL DO BRINCAR.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_015_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_015_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de bolsas de estudo no Programa Portal do Futuro no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_016_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_016_de_2023.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRAMA BOLSA ATLETA e dá outras providências,</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_017_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_017_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Comunitária de Comunicação e Cultura São Francisco - Mantenedora da Rádio Cidade de Jatobá FM, na forma da lei, e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_018_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_018_de_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico, instrumento da Política Municipal de Saneamento Básico e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>NIVALDO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_019_de_2023_-_dispoe_sobre_o_atendimento_de_psicologos_e_assistentes_sociais_nas_escolas.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_019_de_2023_-_dispoe_sobre_o_atendimento_de_psicologos_e_assistentes_sociais_nas_escolas.docx</t>
   </si>
   <si>
     <t>Institui a Política Integrada de Atenção Psicossocial aos Alunos da Rede Municipal de Ensino no Município de Jatobá - PE.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pr23771.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pr23771.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da Carga horária do servidor público Municipal Estatutário que tenha cônjuge, filho ou dependente Portador de necessidade especial ou enfermidade, e dá Outras providências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_021_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_021_de_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Pátio de Eventos do município de Jatobá/PE e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/221/projeto_de_lei_022_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/221/projeto_de_lei_022_de_2023.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial dos odontólogos e dos Auxiliares de Saúde Bucal no Município de Jatobá/PE e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/222/projeto_de_lei_023_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/222/projeto_de_lei_023_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento geral do município de Jatobá-PE, exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_024_de_2023_-_ldo_2024_jatoba_-_projeto_de_lei-segundo.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_024_de_2023_-_ldo_2024_jatoba_-_projeto_de_lei-segundo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes Orçamentárias para o Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/224/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/224/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/225/projeto_de_lei_026_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/225/projeto_de_lei_026_de_2023.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_029_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_029_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da jornada de trabalho para os enfermeiros, técnicos de enfermagem, Auxiliares de Enfermagem e parteiras, em conformidade _x000D_
 com a lei federal n° 14.434, de 4 de agosto de 2022, e regulamenta o repasse financeiro aos servidores efetivos, contratados, conveniados e advindos de termo de colaboração, no município de jatobá, estado de Pernambuco.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_lei_030_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_lei_030_de_2023.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/230/projeto_de_lei_031_de_2023_-_loa_2024_-__jatoba-assinado_1.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/230/projeto_de_lei_031_de_2023_-_loa_2024_-__jatoba-assinado_1.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/231/projeto_de_lei_032_de_2023_-_ppa_revisao_2024_-__jatoba-assinado_1.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/231/projeto_de_lei_032_de_2023_-_ppa_revisao_2024_-__jatoba-assinado_1.pdf</t>
   </si>
   <si>
     <t>Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/232/projeto_de_lei_033_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/232/projeto_de_lei_033_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal n° 513/2022, de 27 de junho de 2022, que regulamenta normas para o Transporte Escolar Público no Município de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no034-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no034-2023.pdf</t>
   </si>
   <si>
     <t>Atribui nome de "VIA VEREADOR JOÃO DE ZÉU" à estrada municipal que liga a BR 110 ao Distrito de Volta do Moxotó, localizada no município de Jatobá/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_no035-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_no035-2023.pdf</t>
   </si>
   <si>
     <t>Dá Nome a Praça do Município de Jatobá-PE e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no036-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no036-2023.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_no037-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_no037-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Cultura de Jatobá/PE SMC, cria o Conselho Municipal de Política Cultural CMPC, cria o Fundo Municipal de Cultura - FMC e estabelece Diretrizes para Políticas Públicas de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_no038-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_no038-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal, a transformar o cargo de auxiliar de enfermagem em técnico em enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_no039-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_no039-2023.pdf</t>
   </si>
   <si>
     <t>Atribui nome à Cozinha Comunitária municipal, que terá a seguinte nomenclatua "COZINHA COMUNITÁRIA DONA NANINHA" e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_no041-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_no041-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no042-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no042-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO BEBÊ NO ÂMBITO DO MUNICIPIO DE JATOBÁ-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_no043-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_no043-2023.pdf</t>
   </si>
   <si>
     <t>Assegura a aplicação, no âmbito do Município de Jatobá, ao disposto na Lei Federal n°: 13.431, de 4 de abril de 2017, que estabelece o Sistema de garantia a escuta especializada e ao depoimento especial sem danos à criança e adolescente, vítima ou testemunha de violência e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_no044-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_no044-2023.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A PRAÇA LOCALIZADA NA COMUNIDADE CAMARATU DE "PRAÇA FRANCISCO NOGUEIRA BARROS", ZONA RURAL DO MUNICÍPIO DE JATOBÁ-PE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/246/projeto_de_lei_no047-2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/246/projeto_de_lei_no047-2023.pdf</t>
   </si>
   <si>
     <t>Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_001_de_2023-_prestacao_de_contas_de_2020__pmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_001_de_2023-_prestacao_de_contas_de_2020__pmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 Projeto de Decreto Legislativo Nº 001/2023._x000D_
 _x000D_
 EMENTA: Dispõe sobre o julgamento das Contas do Poder Executivo Municipal, referente ao exercício financeiro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>MARDÔNIO TOLENTINO VARJÃO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_002_de_2023_-_felipe_fonseca.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_002_de_2023_-_felipe_fonseca.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 002/2023._x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Felipe Fonseca de Lima Lacerda e dá outras providências.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_003_de_2023_-_titulo_de_cidadaomanoel_araujo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_003_de_2023_-_titulo_de_cidadaomanoel_araujo.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 003/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Manoel Rodrigues Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 004/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Zuleide Barros do Nascimento e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_005_de_2023_-_titulo_de_cidada_viviane.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_005_de_2023_-_titulo_de_cidada_viviane.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 005/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Dr.ª Viviane Leandro Almeida e dá outras providências.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_006_de_2023_-_titulo_de_cidadao_kaio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_006_de_2023_-_titulo_de_cidadao_kaio.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 006/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense o Senhor Kaio Cesar de Moura Maniçoba Novaes Ferraz e dá outras providências.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_007_de_2023_-_titulo_de_cidada_dra._eunice.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_007_de_2023_-_titulo_de_cidada_dra._eunice.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 007/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Drª. Maria Eunice da Silva Aragão e dá outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_008_de_2023_-_titulo_de_cidadao_genival.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_008_de_2023_-_titulo_de_cidadao_genival.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 008/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense o Senhor Genival Araújo Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_009_de_2023_-_titulo_de_cidadao_nadilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_009_de_2023_-_titulo_de_cidadao_nadilson.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 009/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense o Senhor Sub. Ten. Sr. Nadilson Silva Miranda e dá outras providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_010_de_2023_-_titulo_de_cidada_dra._mayara.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_010_de_2023_-_titulo_de_cidada_dra._mayara.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 010/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadã Jatobaense a Senhora Drª. Mayara Santana Carvalho e dá outras providências.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>MAYÊNIO TAILLON</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_011_de_2023_-_titulo_de_cidadao_marcelio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_011_de_2023_-_titulo_de_cidadao_marcelio.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 011/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense o Senhor Sarg. Marcelio dos Santos Silva e dá outras providências.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_012_de_2023_-_washington.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_012_de_2023_-_washington.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 012/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Dr. Washington Vieira Mendonça e dá outras providências.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1163/projeto_de_decreto_legislativo_013_de_2023_-_ines_barbosa.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1163/projeto_de_decreto_legislativo_013_de_2023_-_ines_barbosa.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 013/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense a Senhora Inês Barbosa Resende Rangel e dá outras providências.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_014_de_2023_-_felice_tenero.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_014_de_2023_-_felice_tenero.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 014/2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 EMENTA: Concede o Título de Cidadão Jatobaense ao Senhor Padre Felice Tenero e dá outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>JAÍLTON PEREIRA DA SILVA, DORILÂNDIA ALVES, EUDES DE ALBUQUERQUE PEREIRA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_015_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_015_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo No 015/2023. _x000D_
 _x000D_
 EMENTA: Concede Certificado de Honra ao Mérito aos Profissionais de Enfermagem que atuam no âmbito do Município de Jatobá PE.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/pr2fff1.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/pr2fff1.doc</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 Projeto de Decreto Legislativo No 016/2023._x000D_
 _x000D_
 _x000D_
 EMENTA: Acata o veto integral a Emenda Modificativa Nº 001 ao Projeto de Lei Nº 031/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO, DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/01_de_2023__-_projeto_de__resolucao_eder.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/01_de_2023__-_projeto_de__resolucao_eder.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 001/2023_x000D_
 _x000D_
 EMENTA: Altera a Redação do § 1º do Art. 181 da Resolução Nº 004/2021, de 03 de novembro de 2021.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/requerimento__no_001_de_2023_pedido_de_informacoes_relacao_de_funcionarios.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/requerimento__no_001_de_2023_pedido_de_informacoes_relacao_de_funcionarios.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 001/2023           _x000D_
 REQUERER INFORMAÇÕES AO PREFEITO MUNICIPAL SOBRE A RELAÇÃO DE SERVIDORES DA PREFEITURA MUNICIPAL DE JATOBÁ</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1197/requerimento__no_002_de_2023_pedido_de_informacoes_empresas_shalon_araripe_idh.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1197/requerimento__no_002_de_2023_pedido_de_informacoes_empresas_shalon_araripe_idh.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 002/2023            _x000D_
 _x000D_
 _x000D_
 REQUERER INFORMAÇÕES AO PREFEITO MUNICIPAL SOBRE O PROCESSO DE CONTRATAÇÃO DE EMPRESAS PRESTADORAS DE SERVIÇOS NO MUNICÍPIO DE JATOBÁ</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/requerimento__no_003_de_2023_pedido_de_informacoes_sobre_compencao_financeira.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/requerimento__no_003_de_2023_pedido_de_informacoes_sobre_compencao_financeira.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 003/2023    _x000D_
        _x000D_
 REQUERER INFORMAÇÕES AO PREFEITO MUNICIPAL SOBRE OS ROYALTIES (ARRECADAÇÃO DA COMPENSAÇÃO FINANCEIRAS DO MUNICÍPIO DE JATOBÁ).</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA, EUDES DE ALBUQUERQUE PEREIRA JÚNIOR, JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/requerimento__no_004_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/requerimento__no_004_de_2023.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2023    _x000D_
 _x000D_
 _x000D_
 REQUER A INCLUSÃO EM PAUTA DA DENUNCIA, DEFESA E PARECER JURÍDICO ORIUNDOS DA PORTARIA Nº 022/2023, DESTA CAMARA MUNICIPAL DE VEREADORES</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO, DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, MAYÊNIO TAILLON, NIVALDO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento__no_005_de_2023-_convocacao_da_secretaria.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento__no_005_de_2023-_convocacao_da_secretaria.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 005/2023           _x000D_
 REQUERER A CONVOCAÇÃO DA SECRETÁRIA DE EDUCAÇÃO DO MUNIÍPIO DE JATOBÁ PARA PRESTAR INFORMAÇÕES SOBRE ASSUNTOS RELACIONADOS A SUA PASTA.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento__no_006_de_2023_solictacao_de_informacaoes.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento__no_006_de_2023_solictacao_de_informacaoes.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 06/2023_x000D_
 _x000D_
 _x000D_
 Os Vereadores Nivaldo Júnior (PL), Éder Rodrigo( PDT), Dorilândia  Alves (SD), Mardônio Varjão (SD) e Mayênio Tailon (PDT), vem por meio deste, propor ao soberano plenário desta casa de leis, na forma regimental, que seja encaminhado expediente ao Excelentíssimo Prefeito da Cidade de Jatobá – PE, Sr. Rogério Ferreira, solicitando informações sobre o status de execução, os motivos da não execução ou a previsão de conclusão das Emendas Parlamentares Impositivas abaixo relacionadas:</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES, MARDÔNIO TOLENTINO VARJÃO, MAYÊNIO TAILLON, NIVALDO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento__no_007_de_2023_pedido_de_adiamento.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento__no_007_de_2023_pedido_de_adiamento.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO  Nº  007/2023           _x000D_
 _x000D_
 REQUERER O ADIAMENTO DA DISCUSSÃO E VOTAÇÃO DA MENSAGEM DO VETO AO PROJETO DE LEI Nº 006/2023, DE AUTORIA DO CHEFE DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO, DORILÂNDIA ALVES, JAÍLTON PEREIRA DA SILVA, MARDÔNIO TOLENTINO VARJÃO, MAYÊNIO TAILLON, NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_no_008_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_no_008_de_2023.pdf</t>
   </si>
   <si>
     <t>Ao Presidente da Câmara Municipal de Jatobá/ PE_x000D_
 Senhor Nilson de Oliveira Costa_x000D_
 Jatobá, 06 de setembro de 2023._x000D_
 Assunto: REQUERIMENTO 10 4" 12°L2_x000D_
 Prezado Presidente,_x000D_
 Nós termos do que estabelece o artigo 42, inciso I, vimos por meio deste requerimento, solicitar a inclusão na Ordem do Dia, convocada para ser realizada hoje (06/09/2023), a Proposta de Resolução n° 001/2023.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>ÉDER RODRIGO DE NOGUEIRA CARVALHO, MARDÔNIO TOLENTINO VARJÃO, MAYÊNIO TAILLON, NIVALDO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_no_009_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_no_009_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 009/2023_x000D_
 REQUERER A CONVOCAÇÃO DA SECRETÁRIA DE SAÚDE DO MUNICÍPIO DE JATOBÁ-PE PARA PRESTAR ESCLA.RECIMENTO SOBRE ASSUNTO_x000D_
 RELACIONADO A SUA PASTA.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/requerimento_no_010_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/requerimento_no_010_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 010/2023_x000D_
 Senhor Presidente:_x000D_
 _x000D_
 Os abaixo-assinados, Vereadores desta Câmara Municipal de Jatobá, vem requerer a Vossa Excelência, sob REGIME DE URGÊNCIA ESPECIAL, sejam dispensados o interstício e demais exigências regimentais, depois de ouvida a Casa, para inclusão, na ORDEM DO DIA da Sessão Ordinária do dia 19 de dezembro de 2023, o Projeto de Decreto Legislativo n° 015/2023 em que Susta integralmente a aplicação e os efeitos do Decreto do OPIN executivo de n° 043/2023, de 20 de Outubro de 2023, por extrapolarem o Poder Regulamentar do Executivo Municipal.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/requerimento_no_011_de_2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/requerimento_no_011_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 011/2023_x000D_
 Senhor Presidente:_x000D_
 Os abaixo-assinados, Vereadores desta Câmara Municipal de Jatobá, vem requerer a Vossa Excelência, sob REGIME DE URGÊNCIA ESPECIAL, sejam dispensados o interstício e demais exigências regimentais, depois de ouvida a Casa, para inclusão, na ORDEM DO DIA da Sessão Ordinária do dia 19 de dezembro de 2023, o Projeto de Decreto Legislativo n° 015/2023 em que Susta integralmente a aplicação e os efeitos do Decreto do executivo de n° 043/2023, de 20 de Outubro de 2023, por extrapolarem o Poder Regulamentar do Executivo Municipal.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>NILSON OLIVEIRA COSTA, JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/303/indicacao__001_de_2023_-_nilson_e_jailton-_psf_camaratu_e_logradouro.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/303/indicacao__001_de_2023_-_nilson_e_jailton-_psf_camaratu_e_logradouro.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, a construção de um PSF entre as Comunidades Camaratu e Logradouro no município de Jatobá – PE.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao__002_de_2023_-_nilson_e_jailton-_casa_de_farinha_camaratu_e_logradouro.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao__002_de_2023_-_nilson_e_jailton-_casa_de_farinha_camaratu_e_logradouro.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, a construção de uma Casa de Farinha entre as Comunidades: Camaratu e Logradouro no município de Jatobá – PE.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao__003_de_2023_-_maienio__-praca_na_amburana_1.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao__003_de_2023_-_maienio__-praca_na_amburana_1.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja feito uma Praça juntamente a uma Academia da Cidade no povoado Umburana em Jatobá-PE.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao__004_de_2023_-_mayenio_-_motocross_1.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao__004_de_2023_-_mayenio_-_motocross_1.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja feito instalações de uma pista de MotoCross em Jatobá-PE.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao.docx</t>
   </si>
   <si>
     <t>Indicação Cancelada</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao.docx</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao__007_de_2023_-_dorilandia_micro-ondas.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao__007_de_2023_-_dorilandia_micro-ondas.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a compra de um Micro-ondas para a cozinha do Hospital de Itaparica – Jatobá – PE.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/310/indicacao__008_de_2023_-_dorilandia_-_diaria.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/310/indicacao__008_de_2023_-_dorilandia_-_diaria.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciado o aumento das diárias dos servidores municipais, especificamente dos Motoristas e Técnicos de Enfermagem do Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES, MAYÊNIO TAILLON, NIVALDO JÚNIOR, ÉDER RODRIGO DE NOGUEIRA CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/311/indicacao__009_de_2023_-_coletiva.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/311/indicacao__009_de_2023_-_coletiva.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que através do setor competente, providencie a propositura de uma lei que crie um programa de Transferência de Renda como política de Assistência Social que assegure a sobrevivência de famílias em situação de pobreza; bem como providenciar a criação de um Banco Comunitário de Desenvolvimento e uma moeda digital, de circulação local, para fazer o pagamento desse benefício social de transferência de renda, a fim de potencializar o desenvolvimento da economia local.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao__010_de__2022_-_eudes_-placas_da_volta_do_moxoto.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao__010_de__2022_-_eudes_-placas_da_volta_do_moxoto.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o Plenário e atendidas às formalidades regimentais, que seja providenciada uma placa com sinalização vertical provisória na estrada que liga a BR-232 ao Distrito de Volta do Moxotó – Jatobá – PE.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao__011_de_2023-_dorilandia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao__011_de_2023-_dorilandia.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a Compra de Ventiladores para os vigilantes do Hospital de Itaparica – Jatobá-PE.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao__012_de_2022_-_mardonio_-_convenio_com_oticas.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao__012_de_2022_-_mardonio_-_convenio_com_oticas.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja disponibilizado consultas com oftalmologistas e convênio com óticas do município para compra de óculos para doação as pessoas mais carentes de Jatobá – PE.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao__013_de_2022_-_mardonio_-_climatizacao_de_salas_de_aula.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao__013_de_2022_-_mardonio_-_climatizacao_de_salas_de_aula.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a climatização das salas de aulas das Escolas localizadas na Zona Rural do município de Jatobá – PE.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao__014_de_2023_-_mayenio_-_pracas_e_parquinhos_em_jatoba.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao__014_de_2023_-_mayenio_-_pracas_e_parquinhos_em_jatoba.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja feito a revitalização de todas as Praças e Parquinhos no bairro de Itaparica e na cidade jatobá-PE.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao__015__de_2023_-_mayenio_-_papa-entulho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao__015__de_2023_-_mayenio_-_papa-entulho.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciado através da secretaria competente, programa de  instalação de Papa-entulhos nos bairros da cidade e nas comunidades rurais pertencente ao município de Jatobá-PE.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao__016_de_2023_-_mayenio_-_manutencao__revitalizacao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao__016_de_2023_-_mayenio_-_manutencao__revitalizacao.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciado Manutenção/Revitalização das ruas: Ribeirão, Rio Formoso e Tacaratu, localizadas no centro e Rua Parnamirim, localizada no Bairro Boa Esperança em Jatobá-PE.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao__017_de_2023_-_antonio_-.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao__017_de_2023_-_antonio_-.docx</t>
   </si>
   <si>
     <t>Indico a Mesa Diretora da Câmara, ouvido o Plenário e atendida  às formalidades regimentais desta Casa, que após apreciação em sessão da Camâra, Seja enviada esta Indicação ao Exmo. Senhor Deputado Federal SILVIO COSTA FILHO, solicitando EMENDAS PARLAMENTARES  para a reforma e ampliação das Escola Municipal de Jatobá, localizado na sede  e a  Escola Municipal da Volta, localizada no distrito da Volta do Moxotó no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao__018_de_2023_-_antonio.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao__018_de_2023_-_antonio.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja realizado os serviços de capinação, varrição e retirada de entulhos das ruas e avenidas, no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao__019_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao__019_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, a implantação de faixas de pedestres nas Recife e Olinda no município de Jatobá – PE.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao.docx</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao__021_de_2023_-_mayenio_-_lagoa_de_decantacao.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao__021_de_2023_-_mayenio_-_lagoa_de_decantacao.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja construído Lagoa de Decantação  em Jatobá-PE</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao__022_de_2023_-_mayenio_-_iluminada_publica_lote.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao__022_de_2023_-_mayenio_-_iluminada_publica_lote.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciado instalação e manutenção de iluminação pública na cidade, distrito  e nas áreas as rurais em Jatobá-PE</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao__023_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao__023_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizada recuperação estrutural dos bancos assentados ao longo da calçada de passeio que divide as vias públicas da Avenida Recife na sede desta municipalidade.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao__024_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao__024_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado serviços de limpeza das canaletas que escoam o volume da aguas da chuva que se acumulam no espaço interno do Alojamento Nível 02, Bairro de Itaparica, Jatobá PE.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao__025_de_2023_-_mayenio_-_passage.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao__025_de_2023_-_mayenio_-_passage.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado a construção das passagens molhadas dos riachos nas estradas rurais do município de Jatobá-PE</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao__026_de_2023_-_mayenio_-_campo_saco_dos_barros.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao__026_de_2023_-_mayenio_-_campo_saco_dos_barros.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja construído uma Sede, Vestiário e Arquibancadas juntamente melhorias no Campo de Futebol localizado na Aldeia Saco dos Barros em Jatobá-PE.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao__027_de_2023_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao__027_de_2023_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais,que seja feito Curso para Qualificação dos vigilantes e Guarda municipal , no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao__028_de_2023_-_toinho.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao__028_de_2023_-_toinho.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja  providenciada a instalação de um bebedouro no Estádio Adecita, no Bairro de Itaparica, no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao__029_de_2023_-_mardonio_-agente_de_saude_para_alojamento_nivel_5.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao__029_de_2023_-_mardonio_-agente_de_saude_para_alojamento_nivel_5.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado um agente de saúde para o Alojamento Nível 05 em Itaparica – Jatobá – PE.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao__030_de_2023_-_mardonio_-revitalizacao_campo_canafistula.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao__030_de_2023_-_mardonio_-revitalizacao_campo_canafistula.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado a revitalização do Campo de Futebol da Comunidade Canafístula – Jatobá – PE.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao__031_de_2023_-_jailton_-_estrada_vicinal.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao__031_de_2023_-_jailton_-_estrada_vicinal.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizada a manutenção da estrada vicinal que compreende todo o Projeto Cidadania (Projeto Anita), bem como em caráter prioritário, a recuperação da passagem molhada no referido percurso supracitado.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao__032_de_2023_-_jailton_-_brinquedos.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao__032_de_2023_-_jailton_-_brinquedos.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja instalado equipamentos recreativos com acessibilidade para crianças especiais (brinquedos adaptados) no pátio da futura creche infantil a ser implantada neste município.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao__033_de__2023_-_dorilandia_-_lencois.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao__033_de__2023_-_dorilandia_-_lencois.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciado a compra de lençóis para o Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao__034_de_2023_-_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao__034_de_2023_-_toinho.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja feito Calçamento, juntamente com uma praça no povoado Canafistula, em Jatobá-PE.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao__035__de__2023_-_mayenio_-_patrimonio_cultural.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao__035__de__2023_-_mayenio_-_patrimonio_cultural.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja desvinculado o departamento de assuntos indígenas do gabinete do prefeito e da procuradoria jurídica do município e que seja criada a Secretaria/Coordenação dos Povos Indígenas em Jatobá-PE.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao__036_de_2023_-_mardonio_-_atuacao_de_guarda_nas_escolas.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao__036_de_2023_-_mardonio_-_atuacao_de_guarda_nas_escolas.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja providenciado guardas municipais para atuar nas Escolas do Município de Jatobá – PE.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao__037_de_2023_-_nilson_-_doacao_de_fraldas_descartaveis.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao__037_de_2023_-_nilson_-_doacao_de_fraldas_descartaveis.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades de realizar a doação de fraldas descartáveis para crianças, idosos, pessoas com deficiência e acamados do Município de Jatobá.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao__038_de_2023_-__nilson_-_hortas_comunitarias.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao__038_de_2023_-__nilson_-_hortas_comunitarias.docx</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades de implantar o Projeto Hortas Comunitárias em espaços urbanos vazios, para atender as famílias mais carentes e instituições do município de Jatobá.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/341/in0cd71.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/341/in0cd71.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado trabalho de revitalização na Av. Garanhuns e nas demais ruas: Igarassu, Bom Jardim, Inajá, Floresta, Buíque, Limoeiro e Aguas Belas, em Jatobá-PE.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao__040_de__2023-_eudes_-_praca_do_santo_antonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao__040_de__2023-_eudes_-_praca_do_santo_antonio.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja construída uma praça na Comunidade do Santo Antônio localizada na zona rural de Jatobá – PE.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao__041_de__2023-_eudes_-_pavimentacao_do_mata_burro.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao__041_de__2023-_eudes_-_pavimentacao_do_mata_burro.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja construída uma pavimentação em paralelepípedo, no acesso ao mata burro, localizado nas proximidades da Ass. Pó de Serra, zona urbana de Jatobá – PE.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao__042__de_2023_-_dorilandia_garagem_municipal.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao__042__de_2023_-_dorilandia_garagem_municipal.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a construção/criação de uma Garagem Municipal para os veículos da Prefeitura de Jatobá-PE.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao__043_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao__043_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao__044_de_2023_-_jailton.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao__044_de_2023_-_jailton.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado serviços de manutenção das estradas vicinais que dão acesso as comunidades de Sitio Bananeiras e Aldeia Carira, zona rural desta municipalidade.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao__045_de_2023_-_dorilandia_revitalizcao_da_academia_das_cidades.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao__045_de_2023_-_dorilandia_revitalizcao_da_academia_das_cidades.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a a revitalização da Academia das Cidades do município de Jatobá – PE.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao__046_de_2023_-_dorilandia_compra_de_pneus.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao__046_de_2023_-_dorilandia_compra_de_pneus.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a compra de pneus para os veículos da Prefeitura Municipal de Jatobá – PE.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao__047_de_2023_-_mayenio_-_reforma_no_posto_da_carrapateira.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao__047_de_2023_-_mayenio_-_reforma_no_posto_da_carrapateira.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado reforma no posto de Saúde da Aldeia Carrapateira em Jatobá-PE.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao__048_de_2023_-_mayenio_-_levantamento_dos_predio_publico_fechados.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao__048_de_2023_-_mayenio_-_levantamento_dos_predio_publico_fechados.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado levantamento dos prédios públicos que se encontram fechados no município de Jatobá-PE e destine ações de serviço cultural e social.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao__049_de_2023_-_mardonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao__049_de_2023_-_mardonio.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a revitalização da praça do letreiro “Eu Amo Jatobá” localizada na entrada do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao__050__de_2023-_mardonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao__050__de_2023-_mardonio.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja providenciada a Equiparação do Piso Salarial dos Agentes de Vigilância Sanitária aos dos Agentes Comunitários de Saúde e Agentes Comunitários de Endemias do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/353/indicacao__051_de__2023_-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/353/indicacao__051_de__2023_-_jailton.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que veja as possibilidades de encaminhar a essa Egrégia Casa Legislativa, Projeto de lei que vise regulamentar a nível municipal, em conformidade com a Lei Federal nº 12.009, de 29 de julho de 2009 e Resolução 356, de 02 de agosto de 2010 do Contran, o exercício das atividades dos profissionais em transporte de passageiros em veículo automotor tipo motocicleta e veículos destinados ao transporte escolar, cuja finalidade, se dará em, posteriormente, conforme aprovação na Assembleia Legislativa de Pernambuco – ALEPE, atender a referida categoria com a isenção do pagamento do tributo de IPVA, que está contido no pacote de reforma tributária denominado “Justiça Fiscal” apresentado semana passada pela governadora Raquel Lyra.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao__052_de_2023_-_toinho_-__bairro_santo_antonio.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao__052_de_2023_-_toinho_-__bairro_santo_antonio.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja feita a Pavimentação em Paralelepípedo em todo o bairro Santo Antônio, localizado próximo ao campo do Flamengo, no Município de  Jatobá-PE.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_053_de_2023_-_toinho_-casas_populares_-.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_053_de_2023_-_toinho_-casas_populares_-.docx</t>
   </si>
   <si>
     <t>Indico a Mesa Diretora da Câmara,ouvido Plenário e atendida às formalidades regimentais desta Casa, que após apreciação em sessão da Câmara, Seja enviada esta Indicação ao Exmo, Deputado Federal Silvio Costa Filho, solicitando o fortalecimento do vínculo da União e Município de Jatobá-PE, por meio da colaboração e inserção no PAC – Programa de Aceleração de Crescimento, no intuito de ser promover o desenvolvimento habitacional e contemplação de famílias carentes no programa de Casas Populares em nosso Município de Jatobá-PE</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao.docx</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_055_de_2023_-_mayenio_-academia.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_055_de_2023_-_mayenio_-academia.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja construído uma Praça e Academia da Cidade na comunidade Santa Rita em Jatobá-PE.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_056_de_2023_-_mayenio_-_castracao_de_caes.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_056_de_2023_-_mayenio_-_castracao_de_caes.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja criado um programa de castração de cães e gatos de rua no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_057_de_2023_-_mayenio_-_area_de_recreacao_escola_maria_quiteria.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_057_de_2023_-_mayenio_-_area_de_recreacao_escola_maria_quiteria.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja criado um espaço recreativo na Escola Municipal Maria Quitéria no distrito Volta do Moxoto em Jatobá-PE.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_058_de_2023_-_mayenio_-_praca_na_aldeia_saco_dos_barros.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_058_de_2023_-_mayenio_-_praca_na_aldeia_saco_dos_barros.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja construído uma Praça juntamente Academia da Cidade na comunidade Saco dos Barros em Jatobá-PE.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_059_de_2023_-_eudes_-_convenio_de_castra_movel.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_059_de_2023_-_eudes_-_convenio_de_castra_movel.doc</t>
   </si>
   <si>
     <t>Indico ao Exmo. Prefeito, ouvido o plenário e atendidas às formalidades regimentais, que seja efetivado convênio com alguma instituição, pública ou privada, para adquirir serviços de um “Castra Móvel”, visando reduzir a população de animais de rua do Município de Jatobá – PE.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_060_de_2023-_antonio.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_060_de_2023-_antonio.docx</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, ouvido o plenário, atendida as formalidades regimentais, que seja distribuída medicação para  os pacientes  que forem submetido a tratamento e estração dentária nos psf’s, no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/363/indicacao_061_de_2023_-_mayenio_-_inventarios_de_patrimonio_historico.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/363/indicacao_061_de_2023_-_mayenio_-_inventarios_de_patrimonio_historico.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que realizado um inventário dos casarões existente âmbito do município de  Jatobá-PE, com o objetivo de realizar trabalhos de pintura e reforma/preservação nos mesmo.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_062_de_2023_-_mayenio_-_implantacao_de_areas_de_pedestre_em_avenida_caruaru.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_062_de_2023_-_mayenio_-_implantacao_de_areas_de_pedestre_em_avenida_caruaru.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, ouvido o plenário e atendidas as formalidades regimentais, que seja realizado implantação de áreas de pedestre em avenida Caruaru no município de Jatobá-PE.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>AMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/emenda_modificativa_001_-_proposta_de_emenda_ao_projeto_de_lei_no_015_-_2023_-_bolsa_estagiario_1.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/emenda_modificativa_001_-_proposta_de_emenda_ao_projeto_de_lei_no_015_-_2023_-_bolsa_estagiario_1.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2023 AO PROJETO DE LEI Nº 015/2023_x000D_
 _x000D_
 Modificam-se os artigos 1º, 8º, do Projeto de Lei nº 015/2023.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/emenda_modificativa_002_-_proposta_de_emenda_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/emenda_modificativa_002_-_proposta_de_emenda_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2023 AO PROJETO DE LEI Nº 016/2023_x000D_
 _x000D_
 Modificam-se os artigos 2º, 3º, 4º, 9º e 12 do Projeto de Lei nº 016/2023.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/emenda_modificativa_003_-_projeto_de_emenda_modificativa_no_001_a_ldo-2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/emenda_modificativa_003_-_projeto_de_emenda_modificativa_no_001_a_ldo-2024.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 003/2023 AO PROJETO DE LEI Nº 024/2023_x000D_
 _x000D_
 Art. 1º - Modifique-se em sua integralidade a redação do Art. 42 do Projeto de Lei nº 024/2023 (Lei de Diretrizes Orçamentárias para 2024), dando-se ao mesmo a seguinte redação:</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/emenda_modificativa_004_-_projeto_de_emenda_modificativa_001_ao_projeto_de_lei_033-2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/emenda_modificativa_004_-_projeto_de_emenda_modificativa_001_ao_projeto_de_lei_033-2023.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 004/2023 AO PROJETO DE LEI Nº 033/2023_x000D_
 _x000D_
 EMENTA: Modifica o § 6º do art. 3º da Lei 513/2022, acrescido no Projeto de Lei Nº 033/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/emenda_supressiva_001_-_proposta_de_emenda_supressiva_01_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/emenda_supressiva_001_-_proposta_de_emenda_supressiva_01_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 001/2023 AO PROJETO DE LEI Nº 016/2023_x000D_
 _x000D_
 Suprime-se o artigo 7º e seu Parágrafo Único, do Projeto de Lei nº 016/2023.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>ANTÔNIO JOAQUIM DE SOUZA, NILSON OLIVEIRA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/663/emenda_parlamentar_impositiva_001_de_2023-nilson_e_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/663/emenda_parlamentar_impositiva_001_de_2023-nilson_e_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de Equipamentos, materiais e Insumos para atender as necessidades do Centro Cirúrgico do Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/664/emenda_parlamentar_impositiva_002_de_2023-nilson_e_toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/664/emenda_parlamentar_impositiva_002_de_2023-nilson_e_toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na realização de obras para manutenção do Centro Cirúrgico do Hospital de Itaparica – Jatobá - PE.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/665/emenda_parlamentar_impositiva_003_de_2023-nilson.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/665/emenda_parlamentar_impositiva_003_de_2023-nilson.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de materiais para atender as necessidades da Colônia de Pescadores do Lago de Itaparica – Z 13, localizada na Avenida Olinda S/N, Centro – Jatobá – PE, CNPJ 35.666.312/0001-13.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/666/emenda_parlamentar_impositiva_004_de_2023-toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/666/emenda_parlamentar_impositiva_004_de_2023-toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de Equipamentos (Datashow e Notebook), para a Escola Municipal do Distrito de Volta do Moxotó – Jatobá - PE.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/667/emenda_parlamentar_impositiva_005_de_2023-toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/667/emenda_parlamentar_impositiva_005_de_2023-toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de Equipamentos (Datashow, Notebook, Armários, Ventilador de Pé de 40cm), para a Casa dos Conselhos do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/668/emenda_parlamentar_impositiva_006_de_2023-toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/668/emenda_parlamentar_impositiva_006_de_2023-toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de lanches, materiais, aluguel de decoração, aluguel de brinquedos, outros serviços para realização de atividades comemorativas, publicidade em moto som e panfletos, para o Espaço Terapêutico Jardim de Todas as Flores do Município de Jatobá - PE.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/669/emenda_parlamentar_impositiva_007_de_2023-toinho.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/669/emenda_parlamentar_impositiva_007_de_2023-toinho.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Construção e manutenção de Passagem Molhada na Comunidade Logradouro – Zona Rural – Jatobá – PE.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>DORILÂNDIA ALVES, JAÍLTON PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/670/emenda_parlamentar_impositiva_008_de_2023-dorilandia_e_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/670/emenda_parlamentar_impositiva_008_de_2023-dorilandia_e_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de equipamentos eletroeletrônicos para o Setor de Fisioterapia anexo ao Hospital Municipal de Jatobá-PE – para uso no tratamento fisioterapêutico de reabilitação de pacientes com necessidades referenciados ao referido setor.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/671/emenda_parlamentar_impositiva_009_de_2023-dorilandia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/671/emenda_parlamentar_impositiva_009_de_2023-dorilandia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de Exames de Prevenção da Saúde da Mulher. Visando identificar precocemente possíveis doenças e condições de saúde que afetam especificamente as mulheres, como o câncer de mama e o câncer de colo do útero. Realizar esses exames regularmente aumenta as chances de diagnóstico precoce, tratamento eficaz e melhores resultados para a saúde feminina. Além disso, esses exames também oferecem a oportunidade de orientação médica e cuidados preventivos, contribuindo para a promoção do bem-estar e qualidade de vida das mulheres.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/672/emenda_parlamentar_impositiva_010_de_2023-dorilandia.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/672/emenda_parlamentar_impositiva_010_de_2023-dorilandia.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na reforma da Igreja Católica do Sítio Camaratu, do Município de Jatobá-PE. A revitalização dessa igreja católica é importante porque permite preservar o patrimônio histórico e cultural, além de promover a continuidade da prática religiosa e fortalecer a comunidade local.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/673/emenda_parlamentar_impositiva_011_de_2023-_jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/673/emenda_parlamentar_impositiva_011_de_2023-_jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de 05 (cinco) Cadeiras de Roda, 10 (dez) Pares de Moletas e 10 (dez) Andadores para atender as necessidades do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/674/emenda_parlamentar_impositiva_012_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/674/emenda_parlamentar_impositiva_012_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na compra de lenções e roupões para atender as necessidades do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/675/emenda_parlamentar_impositiva_013_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/675/emenda_parlamentar_impositiva_013_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de material didático/pedagógico para as atividades do Programa Olhar para as Diferenças do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/676/emenda_parlamentar_impositiva_014_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/676/emenda_parlamentar_impositiva_014_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de lâmpadas de lede para substituição / reposição das lâmpadas dos postes das comunidades da zona rural do Município de – Jatobá - PE.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/677/emenda_parlamentar_impositiva_015_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/677/emenda_parlamentar_impositiva_015_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Festa de São Gonçalo.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/678/emenda_parlamentar_impositiva_016_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/678/emenda_parlamentar_impositiva_016_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Sábado de Aleluia.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/679/emenda_parlamentar_impositiva_017_de_2023-jailton.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/679/emenda_parlamentar_impositiva_017_de_2023-jailton.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de gêneros alimentícios para a realização da festa tradicional do povo indígena Pankararu, denominada Corrida do Umbú.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/680/emenda_parlamentar_impositiva_018_de_2023-eder.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/680/emenda_parlamentar_impositiva_018_de_2023-eder.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – para beneficiar as mães de filhos com necessidades especiais, para a realização de exames de imagens, compra de medicações de alto custo e realização de consultas com médicos especialistas.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/681/emenda_parlamentar_impositiva_019_de_2023-eder.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/681/emenda_parlamentar_impositiva_019_de_2023-eder.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de livros._x000D_
 _x000D_
 A destinação de R$ 30.000,00 (trinta mil reais) para compra de livros discriminados abaixo. Esses livros são de autores do município de Jatobá-PE e contam um pouco da formação histórica do nosso povo._x000D_
 _x000D_
 O propósito de o município adquirir essas obras é distribuí-los em forma de doação entre os alunos das escolas da rede pública de ensino (estadual e municipal) do município._x000D_
 _x000D_
 Essa ação possibilitará incentivar a leitura entre os nossos jovens, bem como promover e valorizar escritores de nosso município que através de suas obras literárias divulgam nossa cultura.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/682/emenda_parlamentar_impositiva_020_de_2023-mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/682/emenda_parlamentar_impositiva_020_de_2023-mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na reforma da Unidade de Saúde do Posto Médico na Aldeia Carrapateira no Município de Jatobá.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/683/emenda_parlamentar_impositiva_021_de_2023-mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/683/emenda_parlamentar_impositiva_021_de_2023-mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Construção de uma Praça no Sítio Malhada Grande – Zona Rural – Jatobá-PE.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/684/emenda_parlamentar_impositiva_022_de_2023-mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/684/emenda_parlamentar_impositiva_022_de_2023-mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Construção de uma Praça no Sítio Barra do Moxotó – Zona Rural – Jatobá-PE.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/685/emenda_parlamentar_impositiva_023_de_2023-mayenio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/685/emenda_parlamentar_impositiva_023_de_2023-mayenio.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – para a Delícia Tilápia da Associação Colônia dos Pescadores em  – Jatobá-PE.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/686/emenda_parlamentar_impositiva_024_de_2023-mardonio.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/686/emenda_parlamentar_impositiva_024_de_2023-mardonio.doc</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/687/emenda_parlamentar_impositiva_025_de_2023-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/687/emenda_parlamentar_impositiva_025_de_2023-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de Equipamentos para a Lavanderia do Hospital Municipal de Jatobá-PE.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_parlamentar_impositiva_026_de_2023-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_parlamentar_impositiva_026_de_2023-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na aquisição de Leitos para empréstimos a pacientes acamados em domicílio, no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/689/emenda_parlamentar_impositiva_027_de_2023-_eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/689/emenda_parlamentar_impositiva_027_de_2023-_eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na ampliação do abastecimento de água das comunidades Santa Rita, Cosmes e Santo Antônio, no Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/690/emenda_parlamentar_impositiva_028_de_2023-eudes.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/690/emenda_parlamentar_impositiva_028_de_2023-eudes.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de materiais para os pequenos piscicultores e associações do Município de Jatobá-PE.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/691/emenda_parlamentar_impositiva_029_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/691/emenda_parlamentar_impositiva_029_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de equipamentos de academia ao ar livre para Terceira idade e comunidade em geral, a serem instalados na praça pública localizada na comunidade indígena de Carrapateira – Zona Rural – Jatobá – PE.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/692/emenda_parlamentar_impositiva_030_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/692/emenda_parlamentar_impositiva_030_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de equipamentos de academia ao ar livre para Terceira idade e comunidade em geral, a serem instalados na praça pública localizada próximo ao centro comercial, no centro do Bairro Itaparica – Jatobá – PE.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/693/emenda_parlamentar_impositiva_031_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/693/emenda_parlamentar_impositiva_031_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na aquisição de material de construção para contribuir na construção do Posto de Saúde da Comunidade Indígena de Carira, Zona Rural – Jatobá – PE.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_parlamentar_impositiva_032_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_parlamentar_impositiva_032_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de equipamentos e mobília para o posto de saúde da comunidade indígena de Caldeirão, Zona Rural, Jatobá-PE.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_parlamentar_impositiva_033_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_parlamentar_impositiva_033_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na compra de equipamentos e mobília para o posto de saúde da comunidade indígena de Bem Querer de Cima, Zona Rural, Jatobá-PE.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_parlamentar_impositiva_034_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_parlamentar_impositiva_034_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente - na Aquisição de um kit de pracinha de brinquedos infantis (Playground multi-brinquedos coloridos) com estrutura em madeira Plástica, a ser instalado na praça pública localizada na comunidade indígena de Bem Querer de Cima, Zona Rural, Jatobá-PE..</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_parlamentar_impositiva_035_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_parlamentar_impositiva_035_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de 100 canos de PVC de 50mm Soldável, com 6 metros cada cano, a serem destinados à Comunidade indígena de bem Querer de baixo para auxiliar na rede de abastecimento de água daquela comunidade.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/698/emenda_parlamentar_impositiva_036_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/698/emenda_parlamentar_impositiva_036_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de 20  Kits  Mangueira Irrigação por Gotejamento, cada kit composto por: 1 Rolos Mangueira De Irrigação 16mm Fita De Gotejamento 1.000 Metros; 10 Conectores Iniciais Com Registro 13.8mm x 16mm; 10 Chulas 13.8mm x 16mm;  10 FINAL DE LINHA C/ ROSCA PARA MANGUEIRA GOTEJADORA, a serem doados para a Associação Agropecuária Nova terra, CNPJ: 05.413.929/0001-66, da Comunidade Nova Terra, Zona Rural Jatobá-PE.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_parlamentar_impositiva_037_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_parlamentar_impositiva_037_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Construção de uma arquibancada em alvenaria com no mínimo dois degraus e 30 metros de comprimento, para a quadra de esportes localizada na comunidade de Camaratu, Zona Rural, Jatobá-PE.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_parlamentar_impositiva_038_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_parlamentar_impositiva_038_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de um abrigo para passageiros de ônibus ( Parada de ônibus), de concreto pré-moldado, em módulos de 0,60 m de largura – Padrão DNIT, a ser instalado na comunidade indígena de Bem Querer de Cima, Zona Rural, Jatobá-PE.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/701/emenda_parlamentar_impositiva_039_de_2023-nivaldo.doc</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/701/emenda_parlamentar_impositiva_039_de_2023-nivaldo.doc</t>
   </si>
   <si>
     <t>Os valores constantes da presente proposição serão utilizados – em sua totalidade e obrigatoriamente – na Aquisição de 5 kits esportivo, composto por: Uma bola de futebol, uma de futsal, uma de vôlei, uma de handeibol, uma bomba de ar para encher bola e uma rede de vôlei, a serem destinados às escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>PACJR</t>
   </si>
   <si>
     <t>Parecer C. C. Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/parecer_001_de_2023-projeto_de_lei_04222-nivaldo.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/parecer_001_de_2023-projeto_de_lei_04222-nivaldo.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 001 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 042/2022._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Cria o Programa permanente de reforço escolar para os alunos matriculados nas unidades de ensino público do município de Jatobá-PE, e dá outras providências._x000D_
 _x000D_
 O Projeto de Lei Nº 042/2022 tem como mérito criar o Programa Permanente de reforço escolar aos alunos matriculados no 5º e 9º ano das escolas públicas municipais, para a atenuação de déficits de aprendizagem, causados devido a vivência da pandemia decorrente da COVID-19.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/parecer_002_de_2023_-_projeto_de_lei_007.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/parecer_002_de_2023_-_projeto_de_lei_007.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 002 DE 2023_x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 007/2023_x000D_
 AUTOR: Vereador Eudes de Albuquerque Pereira Júnior;_x000D_
 EMENTA: Nomeia o Posto de Saúde da Família, localizado na Comunidade Camaratu, como PSF sr. Manoel Antônio dos Santos._x000D_
 _x000D_
                       Em análise a matéria em tela, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/parecer_003_de_2023-projeto_de_lei_0062023-eder.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/parecer_003_de_2023-projeto_de_lei_0062023-eder.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 003 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 006/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Dispõe sobre a publicação no website da Prefeitura da lista de espera para utilização dos veículos, equipamentos e máquinas agrícolas do município de Jatobá-PE._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer Jurídico, o Projeto de Lei em comento obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/parecer_004_de_2023-projeto_de_lei_0082023-cria_funcao_gratificada_cmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/parecer_004_de_2023-projeto_de_lei_0082023-cria_funcao_gratificada_cmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 004 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 008/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Cria Funções Gratificadas de Agente de Contratação e Equipe de Apoio para conduzir os atos das licitações e contratos derivadas da Lei Federal Nº 14.133/2021, e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 _x000D_
 O Projeto de Lei Nº 008/2023 tem como mérito criar Funções Gratificadas de Agente de Contratação e Equipe de Apoio para conduzir os atos das licitações e contratos derivadas da Lei Federal Nº 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/parecer_005_de_2023-veto_ao_projeto_de_lei_042-2023_de_nivaldo.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/parecer_005_de_2023-veto_ao_projeto_de_lei_042-2023_de_nivaldo.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 005 DE 2023._x000D_
 _x000D_
 ASSUNTO: Mensagem de Veto ao Projeto de Lei Nº 042/2022._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Cria o Programa permanente de reforço escolar para os alunos matriculados nas unidades de ensino público do município de Jatobá-PE, e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 Após o trâmite regimental, foi o Projeto de Lei Nº 042/2022, aprovado na Terceira Sessão Ordinária do primeiro período de 2023, realizada em 10 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/parecer_006_de_2023-_comissao__piso.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/parecer_006_de_2023-_comissao__piso.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 006 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 09/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Promove reajuste salarial do magistério no município de Jatobá e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O Projeto de Lei Nº 09/2023 atende as recomendações do Parecer nº 1/2023/CGVAL/DIFOR/SEB/SEB que foi homologado por meio da Portaria nº 17, de 16 de janeiro de 2023.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_007_de_2023-veto_ao_projeto_de_lei_006-2023_de_eder.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_007_de_2023-veto_ao_projeto_de_lei_006-2023_de_eder.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 007 DE 2023._x000D_
 _x000D_
 ASSUNTO: Mensagem de Veto ao Projeto de Lei Nº 006/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Dispõe sobre a publicação no website da Prefeitura da lista de espera para utilização dos veículos, equipamentos e máquinas agrícolas do município de Jatobá/PE._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 Após o trâmite regimental, foi o Projeto de Lei Nº 006/2023, aprovado na Quinta Sessão Ordinária do primeiro período de 2023, realizada em 10 de março do corrente ano.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_008_de_2023-projeto_de_lei_0112023-altera_prazo_de_lei_da_cmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_008_de_2023-projeto_de_lei_0112023-altera_prazo_de_lei_da_cmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 008 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 011/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifica o art. 13 da Lei Nº 536/2023, e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 _x000D_
 O Projeto de Lei Nº 011/2023 tem como mérito modificar o art. 13 da Lei Nº 536/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1028/parecer_009_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1028/parecer_009_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 009 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 010/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta a fase preparatória das contratações públicas, com base na Lei Nº 14.133/21, no município de Jatobá e dá outras providências._x000D_
 _x000D_
                  O Projeto de Lei Nº 010/2023 tem como mérito, Regulamentar a fase preparatória das contratações públicas, com base na Lei Nº 14.133/21, no município de Jatobá e dá outras providências.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/parecer_010_de_2023-projeto_de_lei_012_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/parecer_010_de_2023-projeto_de_lei_012_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 010 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 012/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza o Poder Executivo Municipal a instituir o Programa “IPTU PREMIADO”, mediante a realização de sorteios de prêmios e dá outras providências._x000D_
 _x000D_
                  O Projeto de Lei Nº 012/2023 tem como mérito, instituir o Programa IPTU Premiado, com o objetivo de estimular o pagamento do IPTU e reduzir o crescimento da Dívida Ativa incidente sobre a propriedade predial e territorial urbana, através da distribuição gratuita de prêmios, por sorteio, aos proprietários e legítimos possuidores de imóveis inscritos no Cadastro Imobiliário do Município, que comprovem a regularidade de suas obrigações tributárias junto à Fazenda Pública Municipal, em relação aos tributos de sua competência.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/parecer_011_de_2023-projeto_de_lei_015_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/parecer_011_de_2023-projeto_de_lei_015_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 011 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 015/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a concessão de bolsas de estudo no Programa Portal do Futuro no âmbito da Administração Pública Municipal._x000D_
 _x000D_
                  O Projeto de Lei Nº 015/2023 tem como mérito, instituir no município de Jatobá o Programa Portal do Futuro para concessão de estágio remunerado ou não remunerado, ofertando bolsas de complementação educacional para o Programa com até 200 (duzentas) vagas remuneradas, com valores individuais que não poderão exceder a R$ 1.000,00 (mil reais), e 30 (trinta) vagas não remuneradas.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/parecer_012_de_2023-projeto_de_lei_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/parecer_012_de_2023-projeto_de_lei_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 012 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o Programa Bolsa Atleta e dá outras providências._x000D_
 _x000D_
                  O Projeto de Lei Nº 016/2023 tem como mérito, instituir o Programa Bolsa Atleta com o objetivo de realizar projetos esportivos visando valorizar e beneficiar atletas amadores representantes do município de Jatobá, em competições regionais, estaduais, nacionais e internacionais, concedendo aos atletas incentivo em dinheiro cujos valores serão de até meio salário mínimo vigente à época da concessão. Ficará a Secretaria Municipal de Relações Socioculturais autorizada a conceder um número limitado de no máximo 100 (cem) bolsas por ano.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 013 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 018/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o Plano Municipal de Saneamento Básico, Instrumento da Política Municipal de Saneamento Básico e dá outras providências._x000D_
 _x000D_
                  O Projeto de Lei Nº 018/2023 tem como mérito, instituir o Plano Municipal de Saneamento Básico da Cidade de Jatobá, como instrumento da política municipal de saneamento, com a finalidade de melhorar a qualidade da saúde pública, e, manter o meio ambiente em condições de gerar o desenvolvimento sustentável.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 014 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 015/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 A Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 015/2023 tem como mérito, modificar os artigos 1º e 8º do Projeto de Lei Nº 015/2023, reduzindo de até 200 (duzentas) para até 10 (dez) o número de vagas remuneradas, e, ampliando de 30 (trinta) vagas para 190 (cento e noventa) vagas, o número de vagas não remuneradas.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/parecer_015_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/parecer_015_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 015 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 A Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 016/2023 tem como mérito, modificar os artigos 2º, 3º, 4º, 9º e 12 do Projeto de Lei Nº 016/2023, interferindo na organização administrativa do Poder Executivo.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/parecer_016_de_2023-a_proposta_de_emenda_supressiva_001_ao_projeto_de_lei_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/parecer_016_de_2023-a_proposta_de_emenda_supressiva_001_ao_projeto_de_lei_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 016 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Supressiva Nº 001/2023 ao Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 A Proposta de Emenda Supressiva Nº 001/2023 ao Projeto de Lei Nº 016/2023 tem como mérito, suprimir o artigo 7º e seu parágrafo único do Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 O texto da Emenda Supressiva nº 001/2023 ao Projeto de Lei Nº 016/2023, de autoria dos Vereadores Èder Rodrigo Nogueira de Carvalho, Mardônio Tolentino Varjão, Nivaldo Silva Dantas Júnior, Mayênio Taillon Barbosa de Lima e Dorilândia Alves de Araújo Pereira merece ser vetada, por duas razões:</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/parecer_017_de_2023_-_ao_recurso_apresentado_ao_parecer_das_emendas_de_eder.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/parecer_017_de_2023_-_ao_recurso_apresentado_ao_parecer_das_emendas_de_eder.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 017 DE 2023._x000D_
 _x000D_
 ASSUNTO: Recurso ao plenário contra os pareceres 014/2023, 015/2023 e 016/2023 da Comissão de Constituição, Justiça e Redação Final._x000D_
 _x000D_
 AUTOR: Vereadores Eder Rodrigo Nogueira de Carvalho, Mardônio Tolentino Varjão, Nilvaldo Silva Dantas Júnior, Mayênio Taillon Barbosa de Lima e Dorilândia Alves de Araújo Pereira,_x000D_
 _x000D_
 EMENTA: Recurso contra atos da Comissão de Constituição, Justiça e Redação Final.  _x000D_
 _x000D_
 _x000D_
 Em análise a matéria em apreço, apresentamos o seguinte Parecer:</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/parecer_018_de_2023_-_proj_dec_leg_03.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/parecer_018_de_2023_-_proj_dec_leg_03.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 018 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 002/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Felipe Fonseca de Lima Lacerda e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/parecer_019_de_2023_-_proj_dec_leg_03.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/parecer_019_de_2023_-_proj_dec_leg_03.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 019 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 003/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Manoel Rodrigues de Araújo e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/parecer_020_de_2023_-_proj_dec_leg_04.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/parecer_020_de_2023_-_proj_dec_leg_04.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 020 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 004/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense a Senhora Zuleide Barros do Nascimento e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_021_de_2023_-_proj_dec_leg_05.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_021_de_2023_-_proj_dec_leg_05.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 021 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 005/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense a Senhora Drª. Viviane Leandro Almeida e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_022_de_2023_-_proj_dec_leg_06.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_022_de_2023_-_proj_dec_leg_06.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 022 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 006/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Kaio Cesar de Moura Maniçoba Novaes Ferraz e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_023_de_2023_-_proj_dec_leg_07.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_023_de_2023_-_proj_dec_leg_07.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 023 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 007/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense a Senhora Drª. Maria Eunice da Silva Aragão e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_024_de_2023_-_proj_dec_leg_08.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_024_de_2023_-_proj_dec_leg_08.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 024 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 008/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense o Senhor Genival Araújo Santos e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_025_de_2023_-_proj_dec_leg_09.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_025_de_2023_-_proj_dec_leg_09.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 025 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 009/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Sub. Ten. Nadilson Silva Miranda._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_026_de_2023_-_proj_dec_leg_10.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_026_de_2023_-_proj_dec_leg_10.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 026 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 010/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense a Senhora Drª. Mayara Santana Carvalho e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_027_de_2023_-_proj_dec_leg_11.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_027_de_2023_-_proj_dec_leg_11.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 027 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 011/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Sarg. Marcelino dos Santos Silva e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_028_de_2023_-_proj_dec_leg_12.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_028_de_2023_-_proj_dec_leg_12.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 028 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 012/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense ao Senhor Dr. Washington Vieira Mendonça e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_029_de_2023_-_proj_dec_leg_13.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_029_de_2023_-_proj_dec_leg_13.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 029 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 013/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título de Cidadão Jatobaense a Senhora Inês Barbosa Resende Rangel e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/parecer_030_de_2023_-_proj_dec_leg_14.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/parecer_030_de_2023_-_proj_dec_leg_14.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 030 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Decreto Legislativo Nº 014/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Concede Título, de Cidadão Jatobaense ao Senhor Pe. Felice Tenero e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1050/parecer_031_de_2023_-_proj__res_01.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1050/parecer_031_de_2023_-_proj__res_01.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 031 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Resolução Nº 001/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Altera a redação do § 1º do At. 181 da Resolução nº 004/2021, de 03 de novembro de 2021._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1051/parecer_032_de_2023_-_proj_lei_39.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1051/parecer_032_de_2023_-_proj_lei_39.docx</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL _x000D_
 _x000D_
 _x000D_
 PARECER Nº 032 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 039/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Atribui nome à “COZINHA COMUNITÁRIA DONA NANINHA” e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/parecer_033_de_2023_-_ao_veto_integral_a_emenda_modificativca_001-2023_ao_projeto_de_lei_031_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/parecer_033_de_2023_-_ao_veto_integral_a_emenda_modificativca_001-2023_ao_projeto_de_lei_031_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PARECER Nº 033 DE 2023._x000D_
 _x000D_
 ASSUNTO: Mensagem de Veto à Emenda Modificativa Nº 001 ao Projeto de Lei Nº 031/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 _x000D_
 _x000D_
 O Exmo. Prefeito do Município de Jatobá, encaminha veto integral a Emenda Modificativa Nº 001 ao Projeto de Lei Nº 031/2023, de autoria do Excelentíssimo Senhor Vereador Èder Rodrigo Nogueira de Carvalho, que tem como mérito reduzir para 5% (cinco por cento), o percentual para abertura de créditos suplementares na LOA de 2024.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>PACOF</t>
   </si>
   <si>
     <t>Parecer C. de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/848/parecer_001_de_2023-projeto_042_de_2022-reprovacao.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/848/parecer_001_de_2023-projeto_042_de_2022-reprovacao.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 001 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 042/2022._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Cria o Programa permanente de reforço escolar para os alunos matriculados nas unidades de ensino público do município de Jatobá-PE, e dá outras providências._x000D_
 _x000D_
 _x000D_
 Apesar da Assessoria Jurídica desta casa, entender que este Projeto de Lei é inconstitucional, a maioria dos membros desta comissão tem entendimento divergente. _x000D_
 _x000D_
 Quanto ao mérito, compete ser debatido em Plenário._x000D_
 _x000D_
 Assim, a maioria dos membros desta comissão, entendem ser constitucional a matéria em análise, e emitem parecer pela APROVAÇÃO._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/849/parecer_002_de_2023-projeto_006_de_2023-eder_lista_de_espera.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/849/parecer_002_de_2023-projeto_006_de_2023-eder_lista_de_espera.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 002 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 006/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Dispõe sobre a publicação no website da Prefeitura da lista de espera para utilização dos veículos, equipamentos e máquinas agrícolas do município de Jatobá-PE._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/850/parecer_003_de_2023-projeto_008_de_2023-cria_funcoes_gratificadas_na_cmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/850/parecer_003_de_2023-projeto_008_de_2023-cria_funcoes_gratificadas_na_cmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 003 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 008/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Cria Funções Gratificadas de Agente de Contratação e Equipe de Apoio para conduzir os atos das licitações e contratos derivadas da Lei Federal Nº 14.133/2021, e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/851/parecer_004_de_2023-projeto_009_de_2023-reajuste_salarial_professores.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/851/parecer_004_de_2023-projeto_009_de_2023-reajuste_salarial_professores.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 004 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 009/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Promove reajuste salarial do Magistério no município de Jatobá – Jatobá e dá outras providências;_x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/852/parecer_005_de_2023-projeto_011_de_2023-modifica_prazo_de_lei_da_cmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/852/parecer_005_de_2023-projeto_011_de_2023-modifica_prazo_de_lei_da_cmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 005 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 011/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 EMENTA: Modifica o art. 13 da Lei Nº 536/2023, e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/853/parecer_006_de_2023-projeto_010_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes_pmj.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/853/parecer_006_de_2023-projeto_010_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes_pmj.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 006 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 010/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Regulamenta a fase preparatória das contratações públicas, com base na Lei Nº 14.133/21, no município de Jatobá e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/854/parecer_007_de_2023-projeto_012_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/854/parecer_007_de_2023-projeto_012_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 007 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 012/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza o Poder Executivo Municipal a instituir o Programa “IPTU PREMIADO”, mediante a realização de sorteios de prêmios e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/855/parecer_008_de_2023-projeto_015_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/855/parecer_008_de_2023-projeto_015_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 008 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 015/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a concessão de bolsas de estudo no Programa Portal do Futuro no âmbito da Administração Pública Municipal._x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/856/parecer_009_de_2023-projeto_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/856/parecer_009_de_2023-projeto_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 009 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o Programa Bolsa Atleta e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/857/parecer_010_de_2023-projeto_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/857/parecer_010_de_2023-projeto_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 010 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 018/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Institui o Plano Municipal de Saneamento Básico, Instrumento da Política Municipal de Saneamento Básico e dá outras providências._x000D_
 _x000D_
 _x000D_
 Conforme fundamentado no Parecer da Assessoria Jurídica e Legislativa, e, no Parecer da Comissão de Constituição, Justiça e Redação Final, o Projeto de Lei em comento atende os pressupostos regimentais._x000D_
 _x000D_
 Diante o exposto, cabe ao plenário analisar o mérito e conveniência administrativa._x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/858/parecer_011_de_2023_ao_projeto_de_decreto_legislativo_0012023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/858/parecer_011_de_2023_ao_projeto_de_decreto_legislativo_0012023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 011 de 2023._x000D_
 _x000D_
  ASSUNTO: Julgamento de Prestação de Contas do Poder Executivo, exercício financeiro de 2020._x000D_
 _x000D_
 _x000D_
 RELATÓRIO_x000D_
 		_x000D_
 1. 		O Tribunal de Contas do Estado de Pernambuco, por intermédio do Ofício TCE-PE/DP/NAS/GEEC Nº 0323/2023, encaminhou o Processo T.C Nº 21100385-2, referente à Prestação de Contas da Prefeita do Município de Jatobá, exercício financeiro de 2020, requerendo a apreciação e julgamento do mesmo pela Casa Legislativa._x000D_
 _x000D_
  		Recebido, o procedimento foi encaminhado pela Presidência da Mesa Diretora da Câmara de Vereadores à Comissão de Finanças, Orçamento e Fiscalização conforme Ofício 057/2023 em anexo._x000D_
 _x000D_
  		Em ato contínuo, houve a notificação da Ex-Prefeita, através do Ofício 058/2023 em anexo, para, querendo, apresentar defesa escrita no prazo improrrogável de 10 (dez) dias úteis, tudo em homenagem aos princípios constitucionais da “amplitude de defesa”, “contraditório” e “devido processo legal”.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/859/parecer_012_de_2023-proposta_de_emenda_modificativo_001_ao_projeto_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/859/parecer_012_de_2023-proposta_de_emenda_modificativo_001_ao_projeto_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 012 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 O texto da Emenda Modificativa nº 001/2023 ao Projeto de Lei Nº 016/2023, de autoria dos Vereadores Èder Rodrigo Nogueira de Carvalho, Mardônio Tolentino Varjão, Nivaldo Silva Dantas Júnior, Mayênio Taillon Barbosa de Lima e Dorilândia Alves de Araújo Pereira merece ser vetada, por ser contrário ao interesse público municipal e interferir diretamente na organização administrativa do Poder Executivo._x000D_
 _x000D_
 Portanto, em relação ao mérito da presente Proposta de Emenda, opinamos pela rejeição e arquivamento. _x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/860/parecer_013_de_2023-proposta_de_emenda_supressiva_001_ao_projeto_016_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/860/parecer_013_de_2023-proposta_de_emenda_supressiva_001_ao_projeto_016_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 013 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Supressiva Nº 001/2023 ao Projeto de Lei Nº 016/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 O texto da Emenda Supressiva nº 001/2023 ao Projeto de Lei Nº 016/2023, de autoria dos Vereadores Èder Rodrigo Nogueira de Carvalho, Mardônio Tolentino Varjão, Nivaldo Silva Dantas Júnior, Mayênio Taillon Barbosa de Lima e Dorilândia Alves de Araújo Pereira merece ser vetada, por ser contrário ao interesse público municipal e interferir diretamente na organização administrativa do Poder Executivo._x000D_
 _x000D_
 Portanto, em relação ao mérito da presente Proposta de Emenda, opinamos pela rejeição e arquivamento. _x000D_
 _x000D_
 É o Parecer.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/861/parecer_014_de_2023-projeto_de_lei_031-2023_-_loa_de_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/861/parecer_014_de_2023-projeto_de_lei_031-2023_-_loa_de_2024.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 014 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 031/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2024._x000D_
 _x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/862/parecer_015_de_2023-projeto_de_lei_032_-_revisao_do_ppa.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/862/parecer_015_de_2023-projeto_de_lei_032_-_revisao_do_ppa.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 015 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 032/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2024 e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise ao Projeto de Lei em apreço, apresentamos o seguinte Parecer:_x000D_
 _x000D_
 O Projeto de Lei Nº 032/2023 tem como mérito a revisão do Plano Plurianual 2022/2025, para a execução da parcela anual de 2024._x000D_
 _x000D_
 Na revisão para 2024 foi atualizada a programação orçamentária, estando os valores de acordo com as projeções estabelecidas no Anexo de Metas Fiscais da LDO/2024, e, com a proposta orçamentária para o próximo exercício._x000D_
 _x000D_
 _x000D_
 O art. 62 da Lei Orgânica Municipal, prevê a iniciativa exclusiva do Poder Executivo para legislar sobre a organização administrativa, matéria tributária e orçamentária, senão vejamos:</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/863/parecer_016_de_2023-emenda_parlamentar_impositiva_ao_projeto_de_lei_031_-_loa_2024.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/863/parecer_016_de_2023-emenda_parlamentar_impositiva_ao_projeto_de_lei_031_-_loa_2024.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 016 DE 2023._x000D_
 _x000D_
 ASSUNTO: Emendas Parlamentares Impositivas ao Projeto de Lei Nº 031/2023 (Lei Orçamentária 2024)._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 _x000D_
 As Emendas Parlamentares Impositivas, de autoria do Poder Legislativo, modificam a redação do Projeto Atividade, Programa e Elemento de Despesa do Projeto de Lei Nº 031/2023 cuja Ementa: Estima a receita e fixa a despesa do município para o exercício financeiro de 2024._x000D_
 _x000D_
 A matéria em análise tramita nesta Casa Legislativa por iniciativa do Poder Legislativo, encontrando-se atualmente nesta Comissão, atendendo disposição regimental no artigo 291 do Regimento Interno que disciplina sua tramitação, estando sob responsabilidade desta Relatoria, para que seja exarado o PARECER sobre os aspectos de constitucionalidade, legalidade e regimentalidade e posterior tramitação em Plenário._x000D_
 _x000D_
 As Emendas Parlamentares Impositivas em comento, obedecem aos aspectos de constitucionalidade, legalidade, juridi</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/864/parecer_017_de_2023-proposta_de_subemenda_no_001_a_emenda_modificativa__001_ao_projeto_031_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/864/parecer_017_de_2023-proposta_de_subemenda_no_001_a_emenda_modificativa__001_ao_projeto_031_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 017 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Subemenda Nº 001/2023 a Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 031/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 O texto da Subemenda Nº 001/2023 a Emenda Modificativa nº 001 ao Projeto de Lei Nº 031/2023, de autoria do Vereador Eudes de Albuquerque Pereira Júnior tem como mérito modificar para 20% (vinte por cento), o percentual para abertura de créditos suplementares na LOA de 2024._x000D_
 _x000D_
 Entendemos que esta alteração é prudente, e não prejudica na execução da LOA durante o exercício financeiro de 2024. _x000D_
 _x000D_
 O entendimento do Tribunal de Contas do Estado de Pernambuco, que é o órgão de controle externo que tem a missão de acompanhar a execução orçamentária e financeira dos municípios e do País, e contribuir com o aperfeiçoamento da Administração Pública em benefício da sociedade, é que a Lei Orçamentária Anual deve ter um percentual razoável para abertura de créditos adicionais suplementares.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/865/parecer_018_de_2023-proposta_de_emenda_modificativa__001_ao_projeto_031_de_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/865/parecer_018_de_2023-proposta_de_emenda_modificativa__001_ao_projeto_031_de_2023.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER Nº 018 DE 2023._x000D_
 _x000D_
 ASSUNTO: Proposta de Emenda Modificativa Nº 001/2023 ao Projeto de Lei Nº 031/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo._x000D_
 _x000D_
 O texto da Emenda Modificativa nº 001 ao Projeto de Lei Nº 031/2023, de autoria do Vereador Èder Rodrigo Nogueira de Carvalho tem como mérito reduzir  para 5% (cinco por cento), o percentual para abertura  de créditos suplementares na LOA de 2024._x000D_
 _x000D_
 Entendemos que esta redução, prejudica na execução da LOA durante o exercício financeiro de 2024. _x000D_
 _x000D_
 Considerando o entendimento do Tribunal de Contas do Estado de Pernambuco, a Lei Orçamentária Anual deve ter um percentual razoável para abertura de créditos adicionais suplementares para as modificações porventura necessárias._x000D_
 _x000D_
 O Tribunal de Contas do Estado de Pernambuco, entende que um Percentual de até 25% (vinte e cinco porcento) é prudente, e ideal para as alterações que forem surgindo na execução da Lei Orçamentária durante o exercício financeiro.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/866/parecer_019_de_2023-projeto_de_lei_031-2023_-_loa_de_2024-redacao_final.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/866/parecer_019_de_2023-projeto_de_lei_031-2023_-_loa_de_2024-redacao_final.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER DE REDAÇÃO FINAL DO PROJETO DE LEI Nº 031/2023_x000D_
 _x000D_
 PARECER Nº 019 DE 2023._x000D_
 _x000D_
 ASSUNTO: Redação Final ao Projeto de Lei Nº 031/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Estima a RECEITA e fixa a DESPESA do Município para o Exercício Financeiro de 2024._x000D_
 _x000D_
 O Projeto de Lei Nº 031/2023 “estima a Receita do Município para o exercício financeiro de 2024, no montante de R$ 79.900.000,00 (setenta e nove milhões e novecentos mil reais) e fixa a Despesa em igual valor”, foi aprovado em primeira votação com a apresentação das seguintes emendas:_x000D_
 _x000D_
 •	Emendas Parlamentares Impositivas de Nº 001 à 040, no valor total de R$ 909.600,00 (novecentos e nove mil e seiscentos reais), sendo respeitado o limite mínimo de 50% (cinquenta por cento) para ações e investimentos na área da saúde._x000D_
 _x000D_
 •	Emenda Modificativa nº 001, de autoria do Vereador Èder Rodrigo Nogueira de Carvalho que reduzir para 5% (cinco por cento), o percentual para abertura de créditos suplement</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/867/parecer_020_de_2023-projeto_de_lei_032_-_revisao_do_ppa-redacao_final.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/867/parecer_020_de_2023-projeto_de_lei_032_-_revisao_do_ppa-redacao_final.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER DE REDAÇÃO FINAL DO PROJETO DE LEI Nº 032/2023_x000D_
 _x000D_
 _x000D_
 PARECER Nº 020 DE 2023._x000D_
 _x000D_
 ASSUNTO: Redação Final ao Projeto de Lei Nº 032/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Revisa o Plano Plurianual 2022/2025 para execução da parcela anual de 2024 e dá outras providências._x000D_
 _x000D_
 _x000D_
 O Projeto de Lei Nº 032/2023 que trata da “revisão do Plano Plurianual 2022/2025, para a execução da parcela anual de 2024, foi aprovado em primeira votação sem a apresentação de emendas._x000D_
 _x000D_
 Esta Proposição foi discutida e votada em Sessão Ordinária do dia 07 de novembro, tendo sido aprovado o texto original encaminhado pelo Poder Executivo. Assim, o projeto retorna à esta Comissão para elaboração do Texto Definitivo._x000D_
 _x000D_
 Sendo assim, apresenta-se Parecer de Redação Final ao texto original do Projeto de Lei em análise, para análise e votação pelo Plenário da Câmara.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>PACC</t>
   </si>
   <si>
     <t>Parecer Conjunta das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/parecer_conjunto_01.2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/parecer_conjunto_01.2023.pdf</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/parecer_conjunto_03.2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/parecer_conjunto_03.2023.pdf</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/parecer_conjunto_04.2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/parecer_conjunto_04.2023.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/parecer_conjunto_05.2023.pdf</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/parecer_conjunto_05.2023.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/parecer_conjunto_006_de_2023-projeto_de_lei_013.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/parecer_conjunto_006_de_2023-projeto_de_lei_013.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 006 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 013/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Altera a Lei 453/2023 – denominação de Escola Municipal e dá outras providências._x000D_
 _x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/parecer_conjunto_007_de_2023-projeto_de_lei_022.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/parecer_conjunto_007_de_2023-projeto_de_lei_022.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 007 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 022/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Fixa o piso salarial dos odontólogos e dos auxiliares de saúde bucal no município de Jatobá-PE, e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/parecer_conjunto_008_de_2023-projeto_de_lei_023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/parecer_conjunto_008_de_2023-projeto_de_lei_023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 008 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 023/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito adicional especial ao orçamento geral do município de Jatobá-PE, exercício de 2023 e dá outras providências._x000D_
 _x000D_
 Em análise a matéria em tela, e, após analisar o parecer da assessoria jurídica, verifica-se que a propositura preenche os requisitos legais, obedece aos aspectos de constitucionalidade, legalidade, juridicidade e de boa técnica legislativa.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/parecer_conjunto_009_de_2023-projeto_de_lei_014.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/parecer_conjunto_009_de_2023-projeto_de_lei_014.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 009 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 014/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Institui, no calendário oficial de eventos do município de Jatobá-PE, a Semana Municipal do Brincar.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/parecer_conjunto_010_de_2023-projeto_de_lei_021_2.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/parecer_conjunto_010_de_2023-projeto_de_lei_021_2.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS_x000D_
 _x000D_
 PARECER Nº 010 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 021/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Dá nome ao Pátio de Eventos do município de Jatobá/PE e dá outras providencias.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1119/parecer_conjunto_011_de_2023-projeto_de_lei_029.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1119/parecer_conjunto_011_de_2023-projeto_de_lei_029.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 011 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 029/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Dispõe sobre a adequação da jornada de trabalho para os enfermeiros, técnicos de enfermagem, Auxiliares de Enfermagem e parteiras, em conformidade com a lei federal Nº 14.434, de 4 de agosto de 2022, e regulamenta o repasse financeiro aos servidores efetivos, contratados, conveniados e advindos de termo de colaboração, no município de Jatobá, estado de Pernambuco.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/parecer_conjunto_012_de_2023-projeto_de_lei_030.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/parecer_conjunto_012_de_2023-projeto_de_lei_030.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE EDUCAÇÃO, SAÚDE, CULTURA, ESPORTE, OBRAS E SERVIÇOS PÚBLICOS E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 012 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 030/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito Adicional Especial ao Orçamento Geral do Município de Jatobá-PE, exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/parecer_conjunto_013_de_2023-projeto_de_lei_026.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/parecer_conjunto_013_de_2023-projeto_de_lei_026.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 013 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 026/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza a abertura de crédito Adicional Especial ao Orçamento Geral do Município de Jatobá-PE, exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/projeto_de_lei.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/projeto_de_lei.docx</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/parecer_conjunto_016_de_2023-projeto__de_lei_036-2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/parecer_conjunto_016_de_2023-projeto__de_lei_036-2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, EDUCAÇÃO, SAÚDE, CULTURA, ESPORTES, OBRAS E SERVIÇOS PÚBLICOS E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 016 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 036/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: autoriza a abertura de Crédito Adicional Especial ao Orçamento Geral do Município de Jatobá – PE, exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/parecer_conjunto_017_de_2023-projeto__de_lei_037-2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/parecer_conjunto_017_de_2023-projeto__de_lei_037-2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, EDUCAÇÃO, SAÚDE, CULTURA, ESPORTES, OBRAS E SERVIÇOS PÚBLICOS E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 017 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 037/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Institui o Sistema Municipal de Cultura de Jatobá – PE SMC, cria o Conselho Municipal de Política Cultural CMPC, cria o Fundo Municipal de Cultura – FMC e estabelece Diretrizes para Políticas Públicas de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/parecer_conjunto_018_de_2023-projeto__de_lei_038_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/parecer_conjunto_018_de_2023-projeto__de_lei_038_2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, EDUCAÇÃO, SAÚDE, CULTURA, ESPORTES, OBRAS E SERVIÇOS PÚBLICOS E DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 018 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 038/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: autoriza o Poder Executivo Municipal, a transformar o Cargo de Auxiliar de enfermagem em Técnico de Enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/parecer_conjunto_019_de_2023-projeto_de_lei_041.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/parecer_conjunto_019_de_2023-projeto_de_lei_041.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 019 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 041/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo._x000D_
 _x000D_
 EMENTA: Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A. e dá outras providências.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/parecer_conjunto_020_de_2023-projeto__de_emenda_modificativa_no_001_ao_projeto_de_lei_041_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/parecer_conjunto_020_de_2023-projeto__de_emenda_modificativa_no_001_ao_projeto_de_lei_041_2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 020 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Emenda Modificativa Nº 001 ao Projeto de Lei Nº 041/2023._x000D_
 _x000D_
 AUTOR: Poder Legislativo_x000D_
 _x000D_
 EMENTA: Modifica o art. 1º do Projeto de Lei Nº 041/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/parecer_conjunto_021de_2023-projeto__l_no_42_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/parecer_conjunto_021de_2023-projeto__l_no_42_2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA, EDUCAÇÃO, SAÚDE, CULTURA, ESPORTES, OBRAS E SERVIÇOS PÚBLICOS REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 PARECER CONJUNTO Nº 021 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 042/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Institui a Semana do Bebe, no âmbito do município de Jatobá-PE e dá outras providências.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/parecer_conjunto_022de_2023-projeto__l_no_43_2023.docx</t>
+    <t>http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/parecer_conjunto_022de_2023-projeto__l_no_43_2023.docx</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA, EDUCAÇÃO, SAÚDE, CULTURA, ESPORTES, OBRAS E SERVIÇOS PÚBLICOS REDAÇÃO FINAL E COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER CONJUNTO Nº 022 DE 2023._x000D_
 _x000D_
 ASSUNTO: Projeto de Lei Nº 043/2023._x000D_
 _x000D_
 AUTOR: Poder Executivo_x000D_
 _x000D_
 EMENTA: Assegura a aplicação, no âmbito do município de Jatobá, ao disposto na Lei Federal Nº 13.431, de 04 de abril de 2017, que estabelece o sistema de garantia a escuta especializada e ao depoimento especial sem danos à criança e adolescente, vítima ou testemunha de violência e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -3873,67 +3873,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_001_de_2023-nova_estrutura_da_cmj_em_2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005_de_2023-diarias_e_locomocao.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_007_de_2023_-_nomeia_nome_do_posto.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_008_de_2023_-_cria_funcoes_gratificadas_-_lei_14133.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_011_de_2023-_modifica_lei_comissao_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_019_de_2023_-_dispoe_sobre_o_atendimento_de_psicologos_e_assistentes_sociais_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pr23771.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_021_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/221/projeto_de_lei_022_de_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/222/projeto_de_lei_023_de_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_024_de_2023_-_ldo_2024_jatoba_-_projeto_de_lei-segundo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/224/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/225/projeto_de_lei_026_de_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_029_de_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_lei_030_de_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/230/projeto_de_lei_031_de_2023_-_loa_2024_-__jatoba-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/231/projeto_de_lei_032_de_2023_-_ppa_revisao_2024_-__jatoba-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/232/projeto_de_lei_033_de_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_no035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_no037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_no038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_no039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_no041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_no043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_no044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/246/projeto_de_lei_no047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_001_de_2023-_prestacao_de_contas_de_2020__pmj.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_002_de_2023_-_felipe_fonseca.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_003_de_2023_-_titulo_de_cidadaomanoel_araujo.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_005_de_2023_-_titulo_de_cidada_viviane.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_006_de_2023_-_titulo_de_cidadao_kaio.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_007_de_2023_-_titulo_de_cidada_dra._eunice.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_008_de_2023_-_titulo_de_cidadao_genival.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_009_de_2023_-_titulo_de_cidadao_nadilson.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_010_de_2023_-_titulo_de_cidada_dra._mayara.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_011_de_2023_-_titulo_de_cidadao_marcelio.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_012_de_2023_-_washington.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1163/projeto_de_decreto_legislativo_013_de_2023_-_ines_barbosa.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_014_de_2023_-_felice_tenero.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_015_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/pr2fff1.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/01_de_2023__-_projeto_de__resolucao_eder.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/requerimento__no_001_de_2023_pedido_de_informacoes_relacao_de_funcionarios.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1197/requerimento__no_002_de_2023_pedido_de_informacoes_empresas_shalon_araripe_idh.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/requerimento__no_003_de_2023_pedido_de_informacoes_sobre_compencao_financeira.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/requerimento__no_004_de_2023.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento__no_005_de_2023-_convocacao_da_secretaria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento__no_006_de_2023_solictacao_de_informacaoes.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento__no_007_de_2023_pedido_de_adiamento.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_no_008_de_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_no_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/requerimento_no_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/requerimento_no_011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/303/indicacao__001_de_2023_-_nilson_e_jailton-_psf_camaratu_e_logradouro.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao__002_de_2023_-_nilson_e_jailton-_casa_de_farinha_camaratu_e_logradouro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao__003_de_2023_-_maienio__-praca_na_amburana_1.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao__004_de_2023_-_mayenio_-_motocross_1.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao__007_de_2023_-_dorilandia_micro-ondas.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/310/indicacao__008_de_2023_-_dorilandia_-_diaria.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/311/indicacao__009_de_2023_-_coletiva.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao__010_de__2022_-_eudes_-placas_da_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao__011_de_2023-_dorilandia.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao__012_de_2022_-_mardonio_-_convenio_com_oticas.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao__013_de_2022_-_mardonio_-_climatizacao_de_salas_de_aula.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao__014_de_2023_-_mayenio_-_pracas_e_parquinhos_em_jatoba.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao__015__de_2023_-_mayenio_-_papa-entulho.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao__016_de_2023_-_mayenio_-_manutencao__revitalizacao.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao__017_de_2023_-_antonio_-.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao__018_de_2023_-_antonio.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao__019_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao__021_de_2023_-_mayenio_-_lagoa_de_decantacao.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao__022_de_2023_-_mayenio_-_iluminada_publica_lote.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao__023_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao__024_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao__025_de_2023_-_mayenio_-_passage.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao__026_de_2023_-_mayenio_-_campo_saco_dos_barros.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao__027_de_2023_-_toinho.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao__028_de_2023_-_toinho.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao__029_de_2023_-_mardonio_-agente_de_saude_para_alojamento_nivel_5.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao__030_de_2023_-_mardonio_-revitalizacao_campo_canafistula.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao__031_de_2023_-_jailton_-_estrada_vicinal.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao__032_de_2023_-_jailton_-_brinquedos.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao__033_de__2023_-_dorilandia_-_lencois.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao__034_de_2023_-_toinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao__035__de__2023_-_mayenio_-_patrimonio_cultural.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao__036_de_2023_-_mardonio_-_atuacao_de_guarda_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao__037_de_2023_-_nilson_-_doacao_de_fraldas_descartaveis.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao__038_de_2023_-__nilson_-_hortas_comunitarias.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/341/in0cd71.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao__040_de__2023-_eudes_-_praca_do_santo_antonio.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao__041_de__2023-_eudes_-_pavimentacao_do_mata_burro.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao__042__de_2023_-_dorilandia_garagem_municipal.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao__043_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao__044_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao__045_de_2023_-_dorilandia_revitalizcao_da_academia_das_cidades.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao__046_de_2023_-_dorilandia_compra_de_pneus.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao__047_de_2023_-_mayenio_-_reforma_no_posto_da_carrapateira.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao__048_de_2023_-_mayenio_-_levantamento_dos_predio_publico_fechados.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao__049_de_2023_-_mardonio.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao__050__de_2023-_mardonio.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/353/indicacao__051_de__2023_-_jailton.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao__052_de_2023_-_toinho_-__bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_053_de_2023_-_toinho_-casas_populares_-.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_055_de_2023_-_mayenio_-academia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_056_de_2023_-_mayenio_-_castracao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_057_de_2023_-_mayenio_-_area_de_recreacao_escola_maria_quiteria.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_058_de_2023_-_mayenio_-_praca_na_aldeia_saco_dos_barros.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_059_de_2023_-_eudes_-_convenio_de_castra_movel.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_060_de_2023-_antonio.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/363/indicacao_061_de_2023_-_mayenio_-_inventarios_de_patrimonio_historico.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_062_de_2023_-_mayenio_-_implantacao_de_areas_de_pedestre_em_avenida_caruaru.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/emenda_modificativa_001_-_proposta_de_emenda_ao_projeto_de_lei_no_015_-_2023_-_bolsa_estagiario_1.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/emenda_modificativa_002_-_proposta_de_emenda_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/emenda_modificativa_003_-_projeto_de_emenda_modificativa_no_001_a_ldo-2024.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/emenda_modificativa_004_-_projeto_de_emenda_modificativa_001_ao_projeto_de_lei_033-2023.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/emenda_supressiva_001_-_proposta_de_emenda_supressiva_01_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/663/emenda_parlamentar_impositiva_001_de_2023-nilson_e_toinho.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/664/emenda_parlamentar_impositiva_002_de_2023-nilson_e_toinho.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/665/emenda_parlamentar_impositiva_003_de_2023-nilson.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/666/emenda_parlamentar_impositiva_004_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/667/emenda_parlamentar_impositiva_005_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/668/emenda_parlamentar_impositiva_006_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/669/emenda_parlamentar_impositiva_007_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/670/emenda_parlamentar_impositiva_008_de_2023-dorilandia_e_jailton.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/671/emenda_parlamentar_impositiva_009_de_2023-dorilandia.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/672/emenda_parlamentar_impositiva_010_de_2023-dorilandia.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/673/emenda_parlamentar_impositiva_011_de_2023-_jailton.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/674/emenda_parlamentar_impositiva_012_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/675/emenda_parlamentar_impositiva_013_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/676/emenda_parlamentar_impositiva_014_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/677/emenda_parlamentar_impositiva_015_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/678/emenda_parlamentar_impositiva_016_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/679/emenda_parlamentar_impositiva_017_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/680/emenda_parlamentar_impositiva_018_de_2023-eder.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/681/emenda_parlamentar_impositiva_019_de_2023-eder.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/682/emenda_parlamentar_impositiva_020_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/683/emenda_parlamentar_impositiva_021_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/684/emenda_parlamentar_impositiva_022_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/685/emenda_parlamentar_impositiva_023_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/686/emenda_parlamentar_impositiva_024_de_2023-mardonio.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/687/emenda_parlamentar_impositiva_025_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_parlamentar_impositiva_026_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/689/emenda_parlamentar_impositiva_027_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/690/emenda_parlamentar_impositiva_028_de_2023-eudes.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/691/emenda_parlamentar_impositiva_029_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/692/emenda_parlamentar_impositiva_030_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/693/emenda_parlamentar_impositiva_031_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_parlamentar_impositiva_032_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_parlamentar_impositiva_033_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_parlamentar_impositiva_034_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_parlamentar_impositiva_035_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/698/emenda_parlamentar_impositiva_036_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_parlamentar_impositiva_037_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_parlamentar_impositiva_038_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/701/emenda_parlamentar_impositiva_039_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/parecer_001_de_2023-projeto_de_lei_04222-nivaldo.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/parecer_002_de_2023_-_projeto_de_lei_007.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/parecer_003_de_2023-projeto_de_lei_0062023-eder.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/parecer_004_de_2023-projeto_de_lei_0082023-cria_funcao_gratificada_cmj.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/parecer_005_de_2023-veto_ao_projeto_de_lei_042-2023_de_nivaldo.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/parecer_006_de_2023-_comissao__piso.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_007_de_2023-veto_ao_projeto_de_lei_006-2023_de_eder.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_008_de_2023-projeto_de_lei_0112023-altera_prazo_de_lei_da_cmj.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1028/parecer_009_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/parecer_010_de_2023-projeto_de_lei_012_de_2023.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/parecer_011_de_2023-projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/parecer_012_de_2023-projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/parecer_015_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/parecer_016_de_2023-a_proposta_de_emenda_supressiva_001_ao_projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/parecer_017_de_2023_-_ao_recurso_apresentado_ao_parecer_das_emendas_de_eder.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/parecer_018_de_2023_-_proj_dec_leg_03.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/parecer_019_de_2023_-_proj_dec_leg_03.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/parecer_020_de_2023_-_proj_dec_leg_04.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_021_de_2023_-_proj_dec_leg_05.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_022_de_2023_-_proj_dec_leg_06.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_023_de_2023_-_proj_dec_leg_07.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_024_de_2023_-_proj_dec_leg_08.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_025_de_2023_-_proj_dec_leg_09.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_026_de_2023_-_proj_dec_leg_10.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_027_de_2023_-_proj_dec_leg_11.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_028_de_2023_-_proj_dec_leg_12.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_029_de_2023_-_proj_dec_leg_13.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/parecer_030_de_2023_-_proj_dec_leg_14.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1050/parecer_031_de_2023_-_proj__res_01.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1051/parecer_032_de_2023_-_proj_lei_39.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/parecer_033_de_2023_-_ao_veto_integral_a_emenda_modificativca_001-2023_ao_projeto_de_lei_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/848/parecer_001_de_2023-projeto_042_de_2022-reprovacao.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/849/parecer_002_de_2023-projeto_006_de_2023-eder_lista_de_espera.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/850/parecer_003_de_2023-projeto_008_de_2023-cria_funcoes_gratificadas_na_cmj.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/851/parecer_004_de_2023-projeto_009_de_2023-reajuste_salarial_professores.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/852/parecer_005_de_2023-projeto_011_de_2023-modifica_prazo_de_lei_da_cmj.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/853/parecer_006_de_2023-projeto_010_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes_pmj.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/854/parecer_007_de_2023-projeto_012_de_2023.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/855/parecer_008_de_2023-projeto_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/856/parecer_009_de_2023-projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/857/parecer_010_de_2023-projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/858/parecer_011_de_2023_ao_projeto_de_decreto_legislativo_0012023.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/859/parecer_012_de_2023-proposta_de_emenda_modificativo_001_ao_projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/860/parecer_013_de_2023-proposta_de_emenda_supressiva_001_ao_projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/861/parecer_014_de_2023-projeto_de_lei_031-2023_-_loa_de_2024.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/862/parecer_015_de_2023-projeto_de_lei_032_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/863/parecer_016_de_2023-emenda_parlamentar_impositiva_ao_projeto_de_lei_031_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/864/parecer_017_de_2023-proposta_de_subemenda_no_001_a_emenda_modificativa__001_ao_projeto_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/865/parecer_018_de_2023-proposta_de_emenda_modificativa__001_ao_projeto_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/866/parecer_019_de_2023-projeto_de_lei_031-2023_-_loa_de_2024-redacao_final.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/867/parecer_020_de_2023-projeto_de_lei_032_-_revisao_do_ppa-redacao_final.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/parecer_conjunto_01.2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/parecer_conjunto_03.2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/parecer_conjunto_04.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/parecer_conjunto_05.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/parecer_conjunto_006_de_2023-projeto_de_lei_013.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/parecer_conjunto_007_de_2023-projeto_de_lei_022.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/parecer_conjunto_008_de_2023-projeto_de_lei_023.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/parecer_conjunto_009_de_2023-projeto_de_lei_014.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/parecer_conjunto_010_de_2023-projeto_de_lei_021_2.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1119/parecer_conjunto_011_de_2023-projeto_de_lei_029.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/parecer_conjunto_012_de_2023-projeto_de_lei_030.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/parecer_conjunto_013_de_2023-projeto_de_lei_026.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/parecer_conjunto_016_de_2023-projeto__de_lei_036-2023.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/parecer_conjunto_017_de_2023-projeto__de_lei_037-2023.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/parecer_conjunto_018_de_2023-projeto__de_lei_038_2023.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/parecer_conjunto_019_de_2023-projeto_de_lei_041.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/parecer_conjunto_020_de_2023-projeto__de_emenda_modificativa_no_001_ao_projeto_de_lei_041_2023.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/parecer_conjunto_021de_2023-projeto__l_no_42_2023.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/parecer_conjunto_022de_2023-projeto__l_no_43_2023.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_001_de_2023-nova_estrutura_da_cmj_em_2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005_de_2023-diarias_e_locomocao.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_007_de_2023_-_nomeia_nome_do_posto.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_008_de_2023_-_cria_funcoes_gratificadas_-_lei_14133.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_011_de_2023-_modifica_lei_comissao_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_019_de_2023_-_dispoe_sobre_o_atendimento_de_psicologos_e_assistentes_sociais_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pr23771.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_021_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/221/projeto_de_lei_022_de_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/222/projeto_de_lei_023_de_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_024_de_2023_-_ldo_2024_jatoba_-_projeto_de_lei-segundo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/224/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/225/projeto_de_lei_026_de_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_029_de_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_lei_030_de_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/230/projeto_de_lei_031_de_2023_-_loa_2024_-__jatoba-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/231/projeto_de_lei_032_de_2023_-_ppa_revisao_2024_-__jatoba-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/232/projeto_de_lei_033_de_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_no035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_no037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_no038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_no039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_no041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_no043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_no044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/246/projeto_de_lei_no047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_001_de_2023-_prestacao_de_contas_de_2020__pmj.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_002_de_2023_-_felipe_fonseca.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_003_de_2023_-_titulo_de_cidadaomanoel_araujo.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_005_de_2023_-_titulo_de_cidada_viviane.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_006_de_2023_-_titulo_de_cidadao_kaio.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_007_de_2023_-_titulo_de_cidada_dra._eunice.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_008_de_2023_-_titulo_de_cidadao_genival.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_009_de_2023_-_titulo_de_cidadao_nadilson.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_010_de_2023_-_titulo_de_cidada_dra._mayara.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_011_de_2023_-_titulo_de_cidadao_marcelio.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_012_de_2023_-_washington.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1163/projeto_de_decreto_legislativo_013_de_2023_-_ines_barbosa.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_014_de_2023_-_felice_tenero.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_015_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1166/pr2fff1.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1184/01_de_2023__-_projeto_de__resolucao_eder.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1196/requerimento__no_001_de_2023_pedido_de_informacoes_relacao_de_funcionarios.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1197/requerimento__no_002_de_2023_pedido_de_informacoes_empresas_shalon_araripe_idh.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1198/requerimento__no_003_de_2023_pedido_de_informacoes_sobre_compencao_financeira.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1199/requerimento__no_004_de_2023.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1200/requerimento__no_005_de_2023-_convocacao_da_secretaria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1201/requerimento__no_006_de_2023_solictacao_de_informacaoes.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1202/requerimento__no_007_de_2023_pedido_de_adiamento.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1203/requerimento_no_008_de_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1204/requerimento_no_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1205/requerimento_no_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1206/requerimento_no_011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/303/indicacao__001_de_2023_-_nilson_e_jailton-_psf_camaratu_e_logradouro.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao__002_de_2023_-_nilson_e_jailton-_casa_de_farinha_camaratu_e_logradouro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao__003_de_2023_-_maienio__-praca_na_amburana_1.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao__004_de_2023_-_mayenio_-_motocross_1.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/309/indicacao__007_de_2023_-_dorilandia_micro-ondas.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/310/indicacao__008_de_2023_-_dorilandia_-_diaria.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/311/indicacao__009_de_2023_-_coletiva.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/312/indicacao__010_de__2022_-_eudes_-placas_da_volta_do_moxoto.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/313/indicacao__011_de_2023-_dorilandia.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao__012_de_2022_-_mardonio_-_convenio_com_oticas.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao__013_de_2022_-_mardonio_-_climatizacao_de_salas_de_aula.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao__014_de_2023_-_mayenio_-_pracas_e_parquinhos_em_jatoba.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao__015__de_2023_-_mayenio_-_papa-entulho.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao__016_de_2023_-_mayenio_-_manutencao__revitalizacao.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao__017_de_2023_-_antonio_-.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao__018_de_2023_-_antonio.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao__019_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao__021_de_2023_-_mayenio_-_lagoa_de_decantacao.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao__022_de_2023_-_mayenio_-_iluminada_publica_lote.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao__023_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao__024_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao__025_de_2023_-_mayenio_-_passage.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao__026_de_2023_-_mayenio_-_campo_saco_dos_barros.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao__027_de_2023_-_toinho.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao__028_de_2023_-_toinho.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao__029_de_2023_-_mardonio_-agente_de_saude_para_alojamento_nivel_5.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao__030_de_2023_-_mardonio_-revitalizacao_campo_canafistula.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao__031_de_2023_-_jailton_-_estrada_vicinal.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao__032_de_2023_-_jailton_-_brinquedos.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao__033_de__2023_-_dorilandia_-_lencois.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao__034_de_2023_-_toinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao__035__de__2023_-_mayenio_-_patrimonio_cultural.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao__036_de_2023_-_mardonio_-_atuacao_de_guarda_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao__037_de_2023_-_nilson_-_doacao_de_fraldas_descartaveis.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao__038_de_2023_-__nilson_-_hortas_comunitarias.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/341/in0cd71.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao__040_de__2023-_eudes_-_praca_do_santo_antonio.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao__041_de__2023-_eudes_-_pavimentacao_do_mata_burro.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao__042__de_2023_-_dorilandia_garagem_municipal.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao__043_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao__044_de_2023_-_jailton.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao__045_de_2023_-_dorilandia_revitalizcao_da_academia_das_cidades.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao__046_de_2023_-_dorilandia_compra_de_pneus.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao__047_de_2023_-_mayenio_-_reforma_no_posto_da_carrapateira.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao__048_de_2023_-_mayenio_-_levantamento_dos_predio_publico_fechados.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao__049_de_2023_-_mardonio.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao__050__de_2023-_mardonio.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/353/indicacao__051_de__2023_-_jailton.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao__052_de_2023_-_toinho_-__bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_053_de_2023_-_toinho_-casas_populares_-.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_055_de_2023_-_mayenio_-academia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_056_de_2023_-_mayenio_-_castracao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_057_de_2023_-_mayenio_-_area_de_recreacao_escola_maria_quiteria.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_058_de_2023_-_mayenio_-_praca_na_aldeia_saco_dos_barros.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_059_de_2023_-_eudes_-_convenio_de_castra_movel.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_060_de_2023-_antonio.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/363/indicacao_061_de_2023_-_mayenio_-_inventarios_de_patrimonio_historico.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_062_de_2023_-_mayenio_-_implantacao_de_areas_de_pedestre_em_avenida_caruaru.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1226/emenda_modificativa_001_-_proposta_de_emenda_ao_projeto_de_lei_no_015_-_2023_-_bolsa_estagiario_1.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1227/emenda_modificativa_002_-_proposta_de_emenda_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1228/emenda_modificativa_003_-_projeto_de_emenda_modificativa_no_001_a_ldo-2024.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1229/emenda_modificativa_004_-_projeto_de_emenda_modificativa_001_ao_projeto_de_lei_033-2023.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1230/emenda_supressiva_001_-_proposta_de_emenda_supressiva_01_ao_projeto_de_lei_no_016_-_2023_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/663/emenda_parlamentar_impositiva_001_de_2023-nilson_e_toinho.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/664/emenda_parlamentar_impositiva_002_de_2023-nilson_e_toinho.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/665/emenda_parlamentar_impositiva_003_de_2023-nilson.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/666/emenda_parlamentar_impositiva_004_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/667/emenda_parlamentar_impositiva_005_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/668/emenda_parlamentar_impositiva_006_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/669/emenda_parlamentar_impositiva_007_de_2023-toinho.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/670/emenda_parlamentar_impositiva_008_de_2023-dorilandia_e_jailton.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/671/emenda_parlamentar_impositiva_009_de_2023-dorilandia.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/672/emenda_parlamentar_impositiva_010_de_2023-dorilandia.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/673/emenda_parlamentar_impositiva_011_de_2023-_jailton.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/674/emenda_parlamentar_impositiva_012_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/675/emenda_parlamentar_impositiva_013_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/676/emenda_parlamentar_impositiva_014_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/677/emenda_parlamentar_impositiva_015_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/678/emenda_parlamentar_impositiva_016_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/679/emenda_parlamentar_impositiva_017_de_2023-jailton.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/680/emenda_parlamentar_impositiva_018_de_2023-eder.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/681/emenda_parlamentar_impositiva_019_de_2023-eder.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/682/emenda_parlamentar_impositiva_020_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/683/emenda_parlamentar_impositiva_021_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/684/emenda_parlamentar_impositiva_022_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/685/emenda_parlamentar_impositiva_023_de_2023-mayenio.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/686/emenda_parlamentar_impositiva_024_de_2023-mardonio.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/687/emenda_parlamentar_impositiva_025_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_parlamentar_impositiva_026_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/689/emenda_parlamentar_impositiva_027_de_2023-_eudes.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/690/emenda_parlamentar_impositiva_028_de_2023-eudes.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/691/emenda_parlamentar_impositiva_029_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/692/emenda_parlamentar_impositiva_030_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/693/emenda_parlamentar_impositiva_031_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_parlamentar_impositiva_032_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_parlamentar_impositiva_033_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_parlamentar_impositiva_034_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_parlamentar_impositiva_035_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/698/emenda_parlamentar_impositiva_036_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_parlamentar_impositiva_037_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_parlamentar_impositiva_038_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/701/emenda_parlamentar_impositiva_039_de_2023-nivaldo.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1020/parecer_001_de_2023-projeto_de_lei_04222-nivaldo.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1021/parecer_002_de_2023_-_projeto_de_lei_007.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1022/parecer_003_de_2023-projeto_de_lei_0062023-eder.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1023/parecer_004_de_2023-projeto_de_lei_0082023-cria_funcao_gratificada_cmj.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1024/parecer_005_de_2023-veto_ao_projeto_de_lei_042-2023_de_nivaldo.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1025/parecer_006_de_2023-_comissao__piso.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_007_de_2023-veto_ao_projeto_de_lei_006-2023_de_eder.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_008_de_2023-projeto_de_lei_0112023-altera_prazo_de_lei_da_cmj.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1028/parecer_009_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1029/parecer_010_de_2023-projeto_de_lei_012_de_2023.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1030/parecer_011_de_2023-projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1031/parecer_012_de_2023-projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1032/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1033/parecer_014_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1034/parecer_015_de_2023-a_proposta_de_emenda_modificativa_001_ao_projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1035/parecer_016_de_2023-a_proposta_de_emenda_supressiva_001_ao_projeto_de_lei_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1036/parecer_017_de_2023_-_ao_recurso_apresentado_ao_parecer_das_emendas_de_eder.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1037/parecer_018_de_2023_-_proj_dec_leg_03.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1038/parecer_019_de_2023_-_proj_dec_leg_03.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1039/parecer_020_de_2023_-_proj_dec_leg_04.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_021_de_2023_-_proj_dec_leg_05.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_022_de_2023_-_proj_dec_leg_06.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_023_de_2023_-_proj_dec_leg_07.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_024_de_2023_-_proj_dec_leg_08.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_025_de_2023_-_proj_dec_leg_09.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_026_de_2023_-_proj_dec_leg_10.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_027_de_2023_-_proj_dec_leg_11.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_028_de_2023_-_proj_dec_leg_12.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_029_de_2023_-_proj_dec_leg_13.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1049/parecer_030_de_2023_-_proj_dec_leg_14.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1050/parecer_031_de_2023_-_proj__res_01.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1051/parecer_032_de_2023_-_proj_lei_39.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1052/parecer_033_de_2023_-_ao_veto_integral_a_emenda_modificativca_001-2023_ao_projeto_de_lei_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/848/parecer_001_de_2023-projeto_042_de_2022-reprovacao.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/849/parecer_002_de_2023-projeto_006_de_2023-eder_lista_de_espera.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/850/parecer_003_de_2023-projeto_008_de_2023-cria_funcoes_gratificadas_na_cmj.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/851/parecer_004_de_2023-projeto_009_de_2023-reajuste_salarial_professores.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/852/parecer_005_de_2023-projeto_011_de_2023-modifica_prazo_de_lei_da_cmj.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/853/parecer_006_de_2023-projeto_010_de_2023-regulamenta_a_fase_preparatoria_das_contratacoes_pmj.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/854/parecer_007_de_2023-projeto_012_de_2023.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/855/parecer_008_de_2023-projeto_015_de_2023.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/856/parecer_009_de_2023-projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/857/parecer_010_de_2023-projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/858/parecer_011_de_2023_ao_projeto_de_decreto_legislativo_0012023.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/859/parecer_012_de_2023-proposta_de_emenda_modificativo_001_ao_projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/860/parecer_013_de_2023-proposta_de_emenda_supressiva_001_ao_projeto_016_de_2023.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/861/parecer_014_de_2023-projeto_de_lei_031-2023_-_loa_de_2024.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/862/parecer_015_de_2023-projeto_de_lei_032_-_revisao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/863/parecer_016_de_2023-emenda_parlamentar_impositiva_ao_projeto_de_lei_031_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/864/parecer_017_de_2023-proposta_de_subemenda_no_001_a_emenda_modificativa__001_ao_projeto_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/865/parecer_018_de_2023-proposta_de_emenda_modificativa__001_ao_projeto_031_de_2023.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/866/parecer_019_de_2023-projeto_de_lei_031-2023_-_loa_de_2024-redacao_final.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/867/parecer_020_de_2023-projeto_de_lei_032_-_revisao_do_ppa-redacao_final.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1109/parecer_conjunto_01.2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1110/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1111/parecer_conjunto_03.2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1112/parecer_conjunto_04.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1113/parecer_conjunto_05.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1114/parecer_conjunto_006_de_2023-projeto_de_lei_013.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1115/parecer_conjunto_007_de_2023-projeto_de_lei_022.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1116/parecer_conjunto_008_de_2023-projeto_de_lei_023.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1117/parecer_conjunto_009_de_2023-projeto_de_lei_014.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1118/parecer_conjunto_010_de_2023-projeto_de_lei_021_2.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1119/parecer_conjunto_011_de_2023-projeto_de_lei_029.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1120/parecer_conjunto_012_de_2023-projeto_de_lei_030.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1121/parecer_conjunto_013_de_2023-projeto_de_lei_026.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1122/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1123/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1124/parecer_conjunto_016_de_2023-projeto__de_lei_036-2023.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1125/parecer_conjunto_017_de_2023-projeto__de_lei_037-2023.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1126/parecer_conjunto_018_de_2023-projeto__de_lei_038_2023.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1127/parecer_conjunto_019_de_2023-projeto_de_lei_041.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1128/parecer_conjunto_020_de_2023-projeto__de_emenda_modificativa_no_001_ao_projeto_de_lei_041_2023.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1129/parecer_conjunto_021de_2023-projeto__l_no_42_2023.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jatoba.pe.leg.br/media/sapl/public/materialegislativa/2023/1130/parecer_conjunto_022de_2023-projeto__l_no_43_2023.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>